--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -1,2574 +1,3251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cardmaillouisville-my.sharepoint.com/personal/e0lush01_louisville_edu/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\amhorn03\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{0881622C-370F-4C00-8303-2EBDC1CD5FFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5DB4F9FC-F4ED-45D5-BA77-8B84D4A2994C}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5F0E6E6F-66A6-4CE1-9A0D-97B62F089D39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BEEF87F8-09E6-425E-8895-584CA65771D2}"/>
+    <workbookView xWindow="165" yWindow="735" windowWidth="28770" windowHeight="14715" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Eff 2025.1.22" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...19 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1662" uniqueCount="805">
-[...799 lines deleted...]
-    <t>Test/Survey Scanning</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1422" uniqueCount="1039">
+  <si>
+    <t>Role Assigned To Workers</t>
+  </si>
+  <si>
+    <t>Reference ID</t>
+  </si>
+  <si>
+    <t>Spend Category Description</t>
+  </si>
+  <si>
+    <t>Amortization Expense (SC0374)</t>
+  </si>
+  <si>
+    <t>Stephen McMillin</t>
+  </si>
+  <si>
+    <t>SC0374</t>
+  </si>
+  <si>
+    <t>Banking Fees - Bank Adjustments (SC0342)</t>
+  </si>
+  <si>
+    <t>SC0342</t>
+  </si>
+  <si>
+    <t>Banking Fees - Bank Fees (SC0308)</t>
+  </si>
+  <si>
+    <t>SC0308</t>
+  </si>
+  <si>
+    <t>Banking Fees - Credit Card Fees (SC0307)</t>
+  </si>
+  <si>
+    <t>SC0307</t>
+  </si>
+  <si>
+    <t>Cash Conversion (SC9998)</t>
+  </si>
+  <si>
+    <t>SC9998</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Annual Fees (SC0262)</t>
+  </si>
+  <si>
+    <t>Don Schwaniger</t>
+  </si>
+  <si>
+    <t>SC0262</t>
+  </si>
+  <si>
+    <t>Annual fees refer to recurring costs charged on a yearly basis, typically related to services, memberships, or institutional access necessary for research or administrative activities. These fees may include costs for regulatory compliance, licensing, software subscriptions, or professional association memberships. They are usually budgeted as part of the ongoing operational expenses and must comply with sponsor and institutional guidelines.</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Close Out Fees (SC0265)</t>
+  </si>
+  <si>
+    <t>SC0265</t>
+  </si>
+  <si>
+    <t>services related to human subjects refer to the activities and costs associated with the involvement of individuals in clinical trials or research studies. These services may include participant recruitment, informed consent processes, medical assessments</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Imaging Upload Fees (SC0263)</t>
+  </si>
+  <si>
+    <t>SC0263</t>
+  </si>
+  <si>
+    <t>Imaging fees cover the costs associated with the use of imaging technologies in clinical trials or research projects. This may include fees for services such as MRI, CT scans, X-rays, ultrasound, or other diagnostic imaging procedures required for data collection, analysis, or patient monitoring. These fees may also encompass equipment usage, technician time, and image interpretation. All imaging-related expenses must comply with sponsor agreements and institutional policies.</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Pathology Fees (SC0260)</t>
+  </si>
+  <si>
+    <t>SC0260</t>
+  </si>
+  <si>
+    <t>Clinical trials pathology fees cover the costs associated with pathology services required for the analysis and interpretation of clinical trial samples. These fees may include expenses for tissue analysis, laboratory testing, diagnostic services, and expert consultation related to pathology. Such services are essential to the study's data collection and analysis, and the costs must comply with sponsor agreements and institutional policies.</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Patient AR (SC0266)</t>
+  </si>
+  <si>
+    <t>SC0266</t>
+  </si>
+  <si>
+    <t>Patient Accounts Receivable (AR) in clinical trials refers to the financial transactions and amounts owed by patients for services rendered as part of the trial. This may include costs for study-related visits, medical procedures, tests, or treatments that are billed directly to the patient or their insurance, depending on the trial’s structure. AR management ensures that all patient-related charges are tracked, invoiced, and collected in compliance with sponsor agreements and regulatory guidelines.</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Pharmacy/Drug Fees (SC0261)</t>
+  </si>
+  <si>
+    <t>SC0261</t>
+  </si>
+  <si>
+    <t>Pharmacy or drug fees in clinical trials cover the costs associated with the procurement, preparation, dispensing, and management of investigational drugs or medications used in the study. This may include fees for drug storage, handling, shipping, and pharmacy personnel involved in managing the drug supply. These costs are essential for ensuring proper drug administration and compliance with clinical trial protocols, and must align with sponsor agreements and institutional policies.</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Professional Fees (SC0259)</t>
+  </si>
+  <si>
+    <t>SC0259</t>
+  </si>
+  <si>
+    <t>Clinical trials professional fees cover payments to healthcare professionals, consultants, or service providers for specialized services performed as part of a clinical research study. These fees may include costs for protocol-related medical procedures, expert consultations, regulatory compliance support, and other professional services essential to the trial. All expenses must comply with sponsor agreements, institutional policies, and regulatory requirements.</t>
+  </si>
+  <si>
+    <t>Clinical Trials - Start-Up Fees (SC0264)</t>
+  </si>
+  <si>
+    <t>SC0264</t>
+  </si>
+  <si>
+    <t>Clinical trials start-up fees cover the initial costs incurred when setting up a clinical trial. These fees typically include expenses for site preparation, regulatory submissions, contract negotiations, personnel training, ethics review board approvals, and initial patient recruitment. They also encompass costs for establishing the necessary infrastructure and resources to launch the trial successfully. Start-up fees are essential for ensuring the clinical trial complies with all regulatory and operational requirements.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Analytical Testing (SC0152)</t>
+  </si>
+  <si>
+    <t>Jamie Peck
+Kyle Case</t>
+  </si>
+  <si>
+    <t>SC0152</t>
+  </si>
+  <si>
+    <t>This spend category should be used for analytical testing expenses related to new construction and renovation. New construction refers to a recently built structure that has never been occupied. Renovation refers to the process of improving broken, damaged, or outdated structures that improve or enhance the value or aesthetics of a property.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Asbestos Removal (SC0149)</t>
+  </si>
+  <si>
+    <t>SC0149</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all asbestos remediation expense. Asbestos remediation may include the encasement or removal of asbestos, eliminating the threat.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Demolition  (SC0136)</t>
+  </si>
+  <si>
+    <t>SC0136</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to the demolition of any existing structure. Existing buildings are not included in this category.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Environmental (SC0153)</t>
+  </si>
+  <si>
+    <t>SC0153</t>
+  </si>
+  <si>
+    <t>This spend category should be used for environmental expenses related to new construction and renovation. New construction refers to a recently built structure that has never been occupied. Renovation refers to the process of improving broken, damaged, or outdated structures that improve or enhance the value or aesthetics of a property.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Exterior Renovation  (SC0137)</t>
+  </si>
+  <si>
+    <t>SC0137</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to exterior renovation. Exterior renovations include improvements made to the outside of a building , focusing on enhancing its appearance, functionality, and value.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Finishings - Wallpaper, Paint, Window Treatments (SC0155)</t>
+  </si>
+  <si>
+    <t>SC0155</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to interior finishings. This can include the addition of new wallpaper, paint, or window treatments  to new construction or renovation or repairs in an existing structure.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Floor Covering (SC0154)</t>
+  </si>
+  <si>
+    <t>SC0154</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to floor covering. This can include the addition of new flooring to new construction or renovation or repair of flooring in an existing structure.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Interior Revovation  (SC0138)</t>
+  </si>
+  <si>
+    <t>SC0138</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to interior renovation. Interior renovations include improvements made to the inside of a building , focusing on enhancing its appearance, functionality, and value.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Municipal Infrastructure (SC0508)</t>
+  </si>
+  <si>
+    <t>SC0508</t>
+  </si>
+  <si>
+    <t>This spend category should be used for expenses related to municipal infrastructure. Municipal infrastructure refers to the physical systems and structures that a city or town uses to provide essential services to its residents or businesses. These services include transportation, water, wastewater, electricity, communication networks, and more.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Planning &amp; Construction (SC0151)</t>
+  </si>
+  <si>
+    <t>SC0151</t>
+  </si>
+  <si>
+    <t>This spend category should be used for planning and construction expenses related to new construction and renovation. New construction refers to a recently built structure that has never been occupied. Renovation refers to the process of improving broken, damaged, or outdated structures that improve or enhance the value or aesthetics of a property.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Roofs (SC0150)</t>
+  </si>
+  <si>
+    <t>SC0150</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to roof. This can include the addition of a new roof or a renovation or repair of an existing roof.</t>
+  </si>
+  <si>
+    <t>Construction and Renovation Expense - Soil Remediation (SC0148)</t>
+  </si>
+  <si>
+    <t>SC0148</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all soil remediation expenses. Soil remediation is the process that includes cleaning up and restoring contaminated soil to a safe and healthy state, often by removing hazardous or harmful substances.</t>
+  </si>
+  <si>
+    <t>Conversion Default (SC9999)</t>
+  </si>
+  <si>
+    <t>SC9999</t>
+  </si>
+  <si>
+    <t>Donations Expense (SC0335)</t>
+  </si>
+  <si>
+    <t>SC0335</t>
+  </si>
+  <si>
+    <t>Fees - Commisions Expense (SC0312)</t>
+  </si>
+  <si>
+    <t>SC0312</t>
+  </si>
+  <si>
+    <t>Fees - Dues &amp; Memberships (SC0295)</t>
+  </si>
+  <si>
+    <t>SC0295</t>
+  </si>
+  <si>
+    <t>Dues or fees for memberships to professional organizations or clubs</t>
+  </si>
+  <si>
+    <t>Fees - Environmental Fees (SC0304)</t>
+  </si>
+  <si>
+    <t>SC0304</t>
+  </si>
+  <si>
+    <t>Fees - House Staff Fees Expense (SC0316)</t>
+  </si>
+  <si>
+    <t>SC0316</t>
+  </si>
+  <si>
+    <t>Fees - Housing Allowance (SC0470)</t>
+  </si>
+  <si>
+    <t>SC0470</t>
+  </si>
+  <si>
+    <t>Fees - Licensing &amp; Permits (SC0303)</t>
+  </si>
+  <si>
+    <t>Kendria Rice-Locket</t>
+  </si>
+  <si>
+    <t>SC0303</t>
+  </si>
+  <si>
+    <t>Fees - Management Expense  (SC0313)</t>
+  </si>
+  <si>
+    <t>SC0313</t>
+  </si>
+  <si>
+    <t>Fees - Parking Expense (SC0315)</t>
+  </si>
+  <si>
+    <t>SC0315</t>
+  </si>
+  <si>
+    <t>Fees - Processing Fees  (Non Bank Related) (SC0306)</t>
+  </si>
+  <si>
+    <t>SC0306</t>
+  </si>
+  <si>
+    <t>Fees - Sponsorships (SC0296)</t>
+  </si>
+  <si>
+    <t>SC0296</t>
+  </si>
+  <si>
+    <t>Fees - Submission &amp; Application Fees (SC0305)</t>
+  </si>
+  <si>
+    <t>SC0305</t>
+  </si>
+  <si>
+    <t>Fees - Tickets for Staff Expense (SC0314)</t>
+  </si>
+  <si>
+    <t>SC0314</t>
+  </si>
+  <si>
+    <t>Financial Aid - Board (SC0021)</t>
+  </si>
+  <si>
+    <t>Kristen Tucker</t>
+  </si>
+  <si>
+    <t>SC0021</t>
+  </si>
+  <si>
+    <t>Financial Aid - Books (SC0022)</t>
+  </si>
+  <si>
+    <t>SC0022</t>
+  </si>
+  <si>
+    <t>Financial Aid - Room (SC0020)</t>
+  </si>
+  <si>
+    <t>SC0020</t>
+  </si>
+  <si>
+    <t>Game Expenses - Game Guarantee Fees - Away Game (SC0320)</t>
   </si>
   <si>
     <t>Emily Lush</t>
   </si>
   <si>
-    <t>82111604</t>
-[...410 lines deleted...]
-    <t>Student Travel-Hotel</t>
+    <t>SC0320</t>
+  </si>
+  <si>
+    <t>Game Expenses - Game Guarantee Fees - Home Game (SC0319)</t>
+  </si>
+  <si>
+    <t>SC0319</t>
+  </si>
+  <si>
+    <t>Game Expenses - Game Guarantees – Bus (SC0539)</t>
+  </si>
+  <si>
+    <t>SC0539</t>
+  </si>
+  <si>
+    <t>This spend category should be used for bus expenses related to game guarantees. Game guarantees refer to a one-time match-up where a larger school pays a smaller school to play a game at their stadium, with no guarantee of a return game.</t>
+  </si>
+  <si>
+    <t>Game Expenses - Game Guarantees – Hotels (SC0538)</t>
+  </si>
+  <si>
+    <t>SC0538</t>
+  </si>
+  <si>
+    <t>This spend category should be used for hotel expenses related to game guarantees. Game guarantees refer to a one-time match-up where a larger school pays a smaller school to play a game at their stadium, with no guarantee of a return game.</t>
+  </si>
+  <si>
+    <t>Game Expenses - Game Guarantees – Meals (SC0540)</t>
+  </si>
+  <si>
+    <t>SC0540</t>
+  </si>
+  <si>
+    <t>This spend category should be used for meals expenses related to game guarantees. Game guarantees refer to a one-time match-up where a larger school pays a smaller school to play a game at their stadium, with no guarantee of a return game.</t>
+  </si>
+  <si>
+    <t>Game Expenses - Game Guarantees – Other Non-Cash (SC0541)</t>
+  </si>
+  <si>
+    <t>SC0541</t>
+  </si>
+  <si>
+    <t>This spend category should be used for other non-cash expenses related to game guarantees. Game guarantees refer to a one-time match-up where a larger school pays a smaller school to play a game at their stadium, with no guarantee of a return game.</t>
+  </si>
+  <si>
+    <t>Game Expenses - Hosting Fees - Away Event  (SC0318)</t>
+  </si>
+  <si>
+    <t>SC0318</t>
+  </si>
+  <si>
+    <t>Game Expenses - Hosting Fees - Home Event  (SC0317)</t>
+  </si>
+  <si>
+    <t>SC0317</t>
+  </si>
+  <si>
+    <t>Insurance - Computers (SC0170)</t>
+  </si>
+  <si>
+    <t>SC0170</t>
+  </si>
+  <si>
+    <t>Insurance - Equipment (SC0169)</t>
+  </si>
+  <si>
+    <t>SC0169</t>
+  </si>
+  <si>
+    <t>Insurance - Staff (SC0340)</t>
+  </si>
+  <si>
+    <t>SC0340</t>
+  </si>
+  <si>
+    <t>Insurance Premiums (SC0338)</t>
+  </si>
+  <si>
+    <t>SC0338</t>
+  </si>
+  <si>
+    <t>Insurance Recoveries (SC0339)</t>
+  </si>
+  <si>
+    <t>SC0339</t>
+  </si>
+  <si>
+    <t>Inventory Cost - Cost of Goods Sold (SC0323)</t>
+  </si>
+  <si>
+    <t>SC0323</t>
+  </si>
+  <si>
+    <t>Inventory Cost-Costume and Set Design (SC0325)</t>
+  </si>
+  <si>
+    <t>SC0325</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Demolishing an Existing Building (SC0139)</t>
+  </si>
+  <si>
+    <t>SC0139</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to the demolition of an existing building.</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Drainage and Irrigation Systems (SC0141)</t>
+  </si>
+  <si>
+    <t>SC0141</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to drainage and irrigation systems.</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Fencing (SC0142)</t>
+  </si>
+  <si>
+    <t>SC0142</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to permanent fencing.</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Landscaping (SC0143)</t>
+  </si>
+  <si>
+    <t>SC0143</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to landscaping improvements. Landscaping includes making a yard or other piece of property more attractive by altering the existing design and adding ornamental features, planting trees and shrubs.</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Other (SC0147)</t>
+  </si>
+  <si>
+    <t>SC0147</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Parking Lot (SC0144)</t>
+  </si>
+  <si>
+    <t>SC0144</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all parking lot improvement expenses. Parking lot improvements may include changes made to existing parking areas to enhance its function, efficiency, or aesthetics.</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Preping the Land for Purpose (SC0140)</t>
+  </si>
+  <si>
+    <t>SC0140</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to the preparation of land to be used for a specific purpose.</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Retaining Wall (SC0145)</t>
+  </si>
+  <si>
+    <t>SC0145</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all retaining wall improvement expenses. Retaining wall improvements may include changes made to existing retaining walls to enhance its function, efficiency, or aesthetics.</t>
+  </si>
+  <si>
+    <t>Land Improvements Expense - Walkways (SC0146)</t>
+  </si>
+  <si>
+    <t>SC0146</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all walkway improvement expenses. Walkway improvements may include changes made to existing walkways to enhance function, efficiency, or aesthetics.</t>
+  </si>
+  <si>
+    <t>Lease Interest Expense - NON GASB (SC0382)</t>
+  </si>
+  <si>
+    <t>SC0382</t>
+  </si>
+  <si>
+    <t>Library Materials - Audio/Video Recordings (SC0498)</t>
+  </si>
+  <si>
+    <t>SC0498</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of audio/video recordings for library materials.</t>
+  </si>
+  <si>
+    <t>Library Materials - Binding (SC0490)</t>
   </si>
   <si>
     <t>Michael Schrader</t>
   </si>
   <si>
-    <t>90111500</t>
-[...1190 lines deleted...]
-    <t>Waste Removal</t>
+    <t>SC0490</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of bindings for library materials. A binding is a strong covering holding the pages of a book together.</t>
+  </si>
+  <si>
+    <t>Library Materials - Code &amp; Sessions (SC0497)</t>
+  </si>
+  <si>
+    <t>SC0497</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of code and sessions for library materials. Code and sessions refer to different ways of organizing and accessing legal statutes.</t>
+  </si>
+  <si>
+    <t>Library Materials - Electronic Format:  Monographs (SC0499)</t>
+  </si>
+  <si>
+    <t>SC0499</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of  electronics format monographs for the library. A monograph is a detailed written study of a single specialized subject or an aspect of it.</t>
+  </si>
+  <si>
+    <t>Library Materials - Electronic Format:  Serials (SC0500)</t>
+  </si>
+  <si>
+    <t>SC0500</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of electronic format serials for the library. A serial is a story or play appearing in regular installments on television or radio or in a periodical.</t>
+  </si>
+  <si>
+    <t>Library Materials - Loose Leaf (SC0495)</t>
+  </si>
+  <si>
+    <t>SC0495</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of loose leaf library materials. Loose-leaf refers to a notebook or folder having each sheet of paper separate and removable.</t>
+  </si>
+  <si>
+    <t>Library Materials - Membership Materials (SC0501)</t>
+  </si>
+  <si>
+    <t>SC0501</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of membership materials for library materials. Membership materials refers to the physical items (like books, journals, etc.) and sometimes digital resources that are available to library members for borrowing or use.</t>
+  </si>
+  <si>
+    <t>Library Materials - Microforms/Microfiche (SC0493)</t>
+  </si>
+  <si>
+    <t>SC0493</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of microforms and microfiche for library materials. Microforms are scaled down reproductions of documents, usually on film or paper, for the purpose of storage, transmission, and reading. Microfiche is a flat piece of film containing microphotographs of the pages of a newspaper, catalog, or other document.</t>
+  </si>
+  <si>
+    <t>Library Materials - Monographs (SC0488)</t>
+  </si>
+  <si>
+    <t>SC0488</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of written format monographs for the library. A monograph is a detailed written study of a single specialized subject or an aspect of it.</t>
+  </si>
+  <si>
+    <t>Library Materials - Music Serials (SC0502)</t>
+  </si>
+  <si>
+    <t>SC0502</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of music serials for library materials. Music serials refers to periodicals and other publications that appear in a series of discrete parts, usually with numbering or chronological designations, and are intended to be continued indefinitely.</t>
+  </si>
+  <si>
+    <t>Library Materials - Photographs (SC0492)</t>
+  </si>
+  <si>
+    <t>SC0492</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of photographs for library materials. A photograph is a picture made using a camera, in which an image is focused onto film or other light-sensitive material and then made visible and permanent by chemical treatment or stored digitally.</t>
+  </si>
+  <si>
+    <t>Library Materials - Printed Music (SC0491)</t>
+  </si>
+  <si>
+    <t>SC0491</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of printed music for library materials. Printed music, also known as sheet music, refers to the printed or written form of musical notation, typically consisting of single sheets of paper containing musical symbols.</t>
+  </si>
+  <si>
+    <t>Library Materials - Report &amp; Cases (SC0496)</t>
+  </si>
+  <si>
+    <t>SC0496</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of reports and cases for library materials. Reports and cases refers to structured documents that present information, analyses, or findings related to library operations, collections, or user data.</t>
+  </si>
+  <si>
+    <t>Library Materials - Serials (SC0489)</t>
+  </si>
+  <si>
+    <t>SC0489</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of written format serials for the library. A serial is a story or play appearing in regular installments on television or radio or in a periodical.</t>
+  </si>
+  <si>
+    <t>Library Materials - Supplemental Updates (SC0494)</t>
+  </si>
+  <si>
+    <t>SC0494</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of supplemental updates for library materials. Supplemental updates refer to the additions or modifications made to an existing document, contract, or process, typically to addres new information, circumstances, or changes in requirements.</t>
+  </si>
+  <si>
+    <t>Lodging - Home Events (SC0322)</t>
+  </si>
+  <si>
+    <t>SC0322</t>
+  </si>
+  <si>
+    <t>Meals and Entertainment - Business Meals (SC0330)</t>
+  </si>
+  <si>
+    <t>SC0330</t>
+  </si>
+  <si>
+    <t>Expenses related to meals where University business is discussed.</t>
+  </si>
+  <si>
+    <t>Meals and Entertainment - Entertainment (SC0341)</t>
+  </si>
+  <si>
+    <t>SC0341</t>
+  </si>
+  <si>
+    <t>Expenses for recreation/entertainment including amusement, diversion, and social activities and any associated costs (such as gifts).  This cost is unallowable on sponsored programs unless they have a specific and direct programmatic purpose.</t>
+  </si>
+  <si>
+    <t>Meals and Entertainment - Game Meals - Away Game (SC0332)</t>
+  </si>
+  <si>
+    <t>SC0332</t>
+  </si>
+  <si>
+    <t>Meals and Entertainment - Game Meals - Home Game (SC0331)</t>
+  </si>
+  <si>
+    <t>SC0331</t>
+  </si>
+  <si>
+    <t>Meals and Entertainment - Incidental Student Athlete Meals (SC0333)</t>
+  </si>
+  <si>
+    <t>SC0333</t>
+  </si>
+  <si>
+    <t>Meals and Entertainment - Pre/Post Game Meals (SC0321)</t>
+  </si>
+  <si>
+    <t>SC0321</t>
+  </si>
+  <si>
+    <t>Meals and Entertainment - Prizes and Awards (SC0337)</t>
+  </si>
+  <si>
+    <t>SC0337</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;100k General Purpose Software (SC0464)</t>
+  </si>
+  <si>
+    <t>SC0464</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;100k Specialized Software (SC0522)</t>
+  </si>
+  <si>
+    <t>SC0522</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of specialized software less than $100,000. Specialized software is designed for specific tasks or industries. It is often tailor-made to meet unique business or organizational needs, focusing on efficiency and effectiveness within a particular domain.
+To be allowable on sponsored programs, the "specialized" software should be necessary for the programmatic aims of the project as outlined in the proposal budget justification.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Appliances (SC0485)</t>
+  </si>
+  <si>
+    <t>SC0485</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Athletic Equipment  (SC0454)</t>
+  </si>
+  <si>
+    <t>SC0454</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all athletic equipment less than $5,000.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Audiovisual Equipment (SC0457)</t>
+  </si>
+  <si>
+    <t>SC0457</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all audiovisual equipment less than $5,000.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Computer Equipment - Peripherals (SC0549)</t>
+  </si>
+  <si>
+    <t>SC0549</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all computers related supplies and peripherals like monitors, keyboards, and printers.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Computer Replacement Components (SC0564)</t>
+  </si>
+  <si>
+    <t>SC0564</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Computer Upgrade Components (SC0563)</t>
+  </si>
+  <si>
+    <t>SC0563</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Custodial Equipment (SC0486)</t>
+  </si>
+  <si>
+    <t>SC0486</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Dental Equipment (SC0484)</t>
+  </si>
+  <si>
+    <t>SC0484</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Equipment (SC0465)</t>
+  </si>
+  <si>
+    <t>SC0465</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all computer equipment less than $5,000. Computer equipment encompasses the physical devices and components that make up a computer system, including both internal components like the CPU and RAM.
+Note: This excludes external devices like monitors, keyboards, and printers. Instead use spend category SC0549</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Furniture (SC0466)</t>
+  </si>
+  <si>
+    <t>SC0466</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all furniture less than $5,000.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Grounds landscape Equipment (SC0461)</t>
+  </si>
+  <si>
+    <t>SC0461</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all grounds landscape equipment less than $5,000. Grounds landscape equipment refers to the tools and machines used for maintaining and improving outdoor areas like lawns, gardens, and parks.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Material Handling Equipment (SC0487)</t>
+  </si>
+  <si>
+    <t>SC0487</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Medical Equipment (SC0483)</t>
+  </si>
+  <si>
+    <t>SC0483</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Microscope (SC0482)</t>
+  </si>
+  <si>
+    <t>SC0482</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Musical Equipment (SC0456)</t>
+  </si>
+  <si>
+    <t>SC0456</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all musical equipment less than $5,000.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Office Equipment (SC0462)</t>
+  </si>
+  <si>
+    <t>SC0462</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of office equipment that is less than $5,000. Office equipment encompasses the machinery, technology, and tools necessary for an office to function, excluding office furniture.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Safety System Equipment (SC0460)</t>
+  </si>
+  <si>
+    <t>SC0460</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all safety system equipment less than $5,000. Safety system equipment refers to the hardware and software components that protect individuals and processes from hazards .</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Scientific, Lab &amp; Research Equipment (SC0455)</t>
+  </si>
+  <si>
+    <t>SC0455</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all scientific, lab, and research equipment less than $5,000.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Security Equipment (SC0458)</t>
+  </si>
+  <si>
+    <t>SC0458</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all security equipment less than $5,000. Security equipment refers to the hardware used to help protect an area from unauthorized persons, gases, or fires.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - &lt;5k Telecom Equipment (SC0459)</t>
+  </si>
+  <si>
+    <t>SC0459</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all athletic equipment less than $5,000. Telecommunications equipment refers to the hardware and systems used to transmit and receive information over long distances, enabling communication such as phones, routers, antennas, and satellites.</t>
+  </si>
+  <si>
+    <t>Non-Trackable - Fabricated Equipment (SC0165)</t>
+  </si>
+  <si>
+    <t>SC0165</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fabricated equipment purchases. Fabricated equpment includes custom built or constructed scientific or other complex equipment that is not commercially available and requires a significant amount of work to create.</t>
+  </si>
+  <si>
+    <t>Other Expense - Audio Recordings (SC0157)</t>
+  </si>
+  <si>
+    <t>SC0157</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses for audio recordings.</t>
+  </si>
+  <si>
+    <t>Other Expense - Commissioned Music (SC0159)</t>
+  </si>
+  <si>
+    <t>SC0159</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses related to commissioned music.</t>
+  </si>
+  <si>
+    <t>Other Expense - Patents &amp; Royalties (SC0334)</t>
+  </si>
+  <si>
+    <t>SC0334</t>
+  </si>
+  <si>
+    <t>Other Expense - Printed Music (SC0156)</t>
+  </si>
+  <si>
+    <t>SC0156</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all printed music.</t>
+  </si>
+  <si>
+    <t>Other Expense - Research Participants (SC0027)</t>
+  </si>
+  <si>
+    <t>SC0027</t>
+  </si>
+  <si>
+    <t>Research participants are individuals who volunteer or are selected to take part in a research study, clinical trial, or experiment. They provide valuable data or insights through their involvement, which may include surveys, interviews, medical procedures, or behavioral observations. Research participants are protected by ethical guidelines, including informed consent, to ensure their safety, privacy, and well-being throughout the study. Compensation, if provided, is typically in the form of allowances, reimbursement, or other agreed-upon benefits in line with institutional and sponsor policies.</t>
+  </si>
+  <si>
+    <t>Other Expense - Video Recordings (SC0158)</t>
+  </si>
+  <si>
+    <t>SC0158</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all expenses for video recordings.</t>
+  </si>
+  <si>
+    <t>Participant Support - Air (SC0029)</t>
+  </si>
+  <si>
+    <t>SC0029</t>
+  </si>
+  <si>
+    <t>Participant support airfare covers travel expenses for participants in a sponsored program, such as workshops, conferences, or training activities. These funds are designated specifically for non-employee participants and must be used in accordance with sponsor guidelines. Airfare should be economy class and comply with federal and institutional travel policies. 
+Such costs are specifically called out as Participant Support Costs in the Budget Justification at time of proposal.</t>
+  </si>
+  <si>
+    <t>Participant Support - Allowances (SC0028)</t>
+  </si>
+  <si>
+    <t>SC0028</t>
+  </si>
+  <si>
+    <t>Participant support allowances are direct costs provided to participants in a sponsored program to cover expenses such as housing, per diem, subsistence, or other personal costs necessary for their participation. These allowances are typically associated with training grants, conferences, or educational activities and must be used in accordance with sponsor guidelines. They are distinct from salaries, stipends, or reimbursements for work performed. Such costs are specifically called out as Participant Support Costs in the Budget Justification at time of proposal.</t>
+  </si>
+  <si>
+    <t>Participant Support - Hotel (SC0030)</t>
+  </si>
+  <si>
+    <t>SC0030</t>
+  </si>
+  <si>
+    <t>Participant support hotel expenses cover lodging costs for individuals attending a sponsored program, such as conferences, workshops, or training sessions. These funds are allocated specifically for non-employee participants and must be used in accordance with sponsor and institutional guidelines. Hotel costs should align with reasonable rates and applicable travel policies. Such costs are specifically called out as Participant Support Costs in the Budget Justification at time of proposal.</t>
+  </si>
+  <si>
+    <t>Participant Support - Meals (SC0032)</t>
+  </si>
+  <si>
+    <t>SC0032</t>
+  </si>
+  <si>
+    <t>Participant support meal expenses cover the cost of meals for non-employee participants attending a sponsored program, such as workshops, conferences, or training activities. These funds must comply with sponsor and institutional guidelines, ensuring they are reasonable, necessary, and directly related to the participant’s involvement in the program. Meals may be provided as per diem, meal allowances, or direct reimbursement, depending on sponsor requirements.  Such costs are specifically called out as Participant Support Costs in the Budget Justification at time of proposal.</t>
+  </si>
+  <si>
+    <t>Participant Support - Misc. Trav (SC0033)</t>
+  </si>
+  <si>
+    <t>SC0033</t>
+  </si>
+  <si>
+    <t>Participant support miscellaneous travel expenses cover additional travel-related costs incurred by non-employee participants attending a sponsored program, such as workshops, conferences, or training sessions. These expenses may include public transportation, baggage fees, parking, or other necessary travel costs that do not fall under airfare, rental car, or hotel categories. All expenses must comply with sponsor and institutional travel policies. Such costs are specifically called out as Participant Support Costs in the Budget Justification at time of proposal.</t>
+  </si>
+  <si>
+    <t>Participant Support - Rental Car (SC0031)</t>
+  </si>
+  <si>
+    <t>SC0031</t>
+  </si>
+  <si>
+    <t>Participant support rental car expenses cover ground transportation costs for non-employee participants attending a sponsored program, such as workshops, conferences, or training sessions. These costs must comply with sponsor and institutional travel policies, ensuring that rentals are reasonable, necessary, and used solely for program-related activities. Such costs are specifically called out as Participant Support Costs in the Budget Justification at time of proposal.</t>
+  </si>
+  <si>
+    <t>Participant Support - Supplies (SC0034)</t>
+  </si>
+  <si>
+    <t>SC0034</t>
+  </si>
+  <si>
+    <t>Participant support supplies cover the cost of materials necessary for non-employee participants to engage in a sponsored program, such as workshops, conferences, or training activities. These may include items like notebooks, lab materials, software, or other educational resources. All purchases must be directly related to participant activities and comply with sponsor and institutional guidelines. Such costs are specifically called out as Participant Support Costs in the Budget Justification at time of proposal.</t>
+  </si>
+  <si>
+    <t>Penalties and Processing  - Late Fees (SC0309)</t>
+  </si>
+  <si>
+    <t>SC0309</t>
+  </si>
+  <si>
+    <t>Penalties and Processing  - Processing Fees (SC0310)</t>
+  </si>
+  <si>
+    <t>SC0310</t>
+  </si>
+  <si>
+    <t>Penalties and Processing - Other Fees (SC0311)</t>
+  </si>
+  <si>
+    <t>SC0311</t>
+  </si>
+  <si>
+    <t>Promotional Expense - Promotional Activities (SC0329)</t>
+  </si>
+  <si>
+    <t>SC0329</t>
+  </si>
+  <si>
+    <t>Promotional Expense - Publicity &amp; Promotion (SC0336)</t>
+  </si>
+  <si>
+    <t>SC0336</t>
+  </si>
+  <si>
+    <t>Registration Fees - Non Student (SC0293)</t>
+  </si>
+  <si>
+    <t>SC0293</t>
+  </si>
+  <si>
+    <t>Registration Fees - Student (SC0294)</t>
+  </si>
+  <si>
+    <t>SC0294</t>
+  </si>
+  <si>
+    <t>Rental Expense - Athletic Building  (SC0447)</t>
+  </si>
+  <si>
+    <t>SC0447</t>
+  </si>
+  <si>
+    <t>Rental Expense - Equipment (SC0289)</t>
+  </si>
+  <si>
+    <t>SC0289</t>
+  </si>
+  <si>
+    <t>This spend category should be used for expenses related to renting equipment that isn't tied to a contract that is 12 months or more. Examples include one time rentals for tents, water cooler, barricade, compressed gas, and backhoes to name a few. Excludes SC0290-Rental Expense-Vehicle, SC0291-Rental Expense-Leased Building, SC0292-Venue/Property, SC0448-Rental Expense-Furniture, &amp; SC0447-Rental Expense-Athletic Building</t>
+  </si>
+  <si>
+    <t>Rental Expense - Furniture (SC0448)</t>
+  </si>
+  <si>
+    <t>SC0448</t>
+  </si>
+  <si>
+    <t>Rental Expense - Leased Building (SC0291)</t>
+  </si>
+  <si>
+    <t>SC0291</t>
+  </si>
+  <si>
+    <t>Cost for Rental or Lease of Real Property and Equipment.  This cost is exempt from F&amp;A.</t>
+  </si>
+  <si>
+    <t>Rental Expense - Vehicle (SC0290)</t>
+  </si>
+  <si>
+    <t>SC0290</t>
+  </si>
+  <si>
+    <t>This spend category should include fees associated with vehicle rentals.</t>
+  </si>
+  <si>
+    <t>Rental Expense - Venue / Property (SC0292)</t>
+  </si>
+  <si>
+    <t>SC0292</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with property rental.</t>
+  </si>
+  <si>
+    <t>Services - Academic Consulting (SC0245)</t>
+  </si>
+  <si>
+    <t>SC0245</t>
+  </si>
+  <si>
+    <t>This spend category would be used for fees that involve academic experts sharing their expertise to help organizations address challenges by providing advice, solving problems, generating new ideas, or testing existing ones.</t>
+  </si>
+  <si>
+    <t>Services - Addressing (SC0243)</t>
+  </si>
+  <si>
+    <t>SC0243</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees that involve the assignment and management of unique identifiers (addresses) to physical locations, like streets, buildings, and vacant lots.</t>
+  </si>
+  <si>
+    <t>Services - Ambulance (SC0193)</t>
+  </si>
+  <si>
+    <t>SC0193</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees associated with ambulance services.</t>
+  </si>
+  <si>
+    <t>Services - Animal Care (SC0230)</t>
+  </si>
+  <si>
+    <t>SC0230</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with animal care services. Animal care services encompass a wide range of professional services aimed at ensuring the well-being, health, and happiness of animals.</t>
+  </si>
+  <si>
+    <t>Services - Application Support (SC0213)</t>
+  </si>
+  <si>
+    <t>SC0213</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with application support services. Application support services are ongoing assistance and troubleshooting for software applications, ensuring they function optimally and addressing issues promptly.</t>
+  </si>
+  <si>
+    <t>Services - Athletic Equipment Maintenance (SC0449)</t>
+  </si>
+  <si>
+    <t>SC0449</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees associated with the maintenance and repair of athletic equipment.</t>
+  </si>
+  <si>
+    <t>Services - Audio Visual Support (SC0214)</t>
+  </si>
+  <si>
+    <t>SC0214</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with audio visual (AV) support services. Audio visual support services encompass the maintenance, troubleshooting, and optimization of AV systems, including equipment like projectors, sound systems, and displays.</t>
+  </si>
+  <si>
+    <t>Services - AV Equipment Installation (SC0270)</t>
+  </si>
+  <si>
+    <t>SC0270</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with AV equipment installation services. AV equipment installation services involve the professional setup and configuration of audio-visual systems, including audio, video, and control equipment, to create a seamless and functional experience.</t>
+  </si>
+  <si>
+    <t>Services - AV Equipment Maintenance (SC0281)</t>
+  </si>
+  <si>
+    <t>SC0281</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with AV equipment maintenance services. AV equipment maintenance services involve the upkeep, repair, and optimization of devices used for sound and visual presentations, ensuring they function smoothly and reliably.</t>
+  </si>
+  <si>
+    <t>Services - B&amp;W Copies (SC0215)</t>
+  </si>
+  <si>
+    <t>SC0215</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to black and white copy services. Black and white copy services provide the reproduction of documents or images using only shades of black and white. Canon is our print and mail services partner and must be used unless an exception to use a different supplier is granted.</t>
+  </si>
+  <si>
+    <t>Services - Back Up Services (SC0242)</t>
+  </si>
+  <si>
+    <t>SC0242</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with a cloud-based solution where a third-party provider manages and maintains the backup of internal data.</t>
+  </si>
+  <si>
+    <t>Services - Call Management Systems Maintenance Repair  (SC0452)</t>
+  </si>
+  <si>
+    <t>SC0452</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees related to the maintenance and repair of call management systems. Call management systems are software solutions that help an organization manage and optimize their phone calls.</t>
+  </si>
+  <si>
+    <t>Services - Catering (SC0202)</t>
+  </si>
+  <si>
+    <t>SC0202</t>
+  </si>
+  <si>
+    <t>This spend category should be used to record the cost of catering at university-sponsored events, activities, meetings, and conferences with a university business purpose. Excludes hospitality expenses for guests/interviewees/students</t>
+  </si>
+  <si>
+    <t>Services - Cellphone Charges (SC0220)</t>
+  </si>
+  <si>
+    <t>SC0220</t>
+  </si>
+  <si>
+    <t>This spend category should be used for cellphone charges.</t>
+  </si>
+  <si>
+    <t>Services - Collection (SC0200)</t>
+  </si>
+  <si>
+    <t>SC0200</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all collection fees associated with a purchase.</t>
+  </si>
+  <si>
+    <t>Services - Color Copies (SC0218)</t>
+  </si>
+  <si>
+    <t>SC0218</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to color copy services. Color copy services provide the reproduction of documents or images in full color, often using a digital printing process. Canon is our print and mail services partner and must be used unless an exception to use a different supplier is granted.</t>
+  </si>
+  <si>
+    <t>Services - Computer Maintenance (SC0280)</t>
+  </si>
+  <si>
+    <t>SC0280</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with computer maintenance services. Computer maintenance services encompass activities that ensure a computer system's optimal and reliable performance, encompassing hardware and software tasks.</t>
+  </si>
+  <si>
+    <t>Services - Contractual - IGT (SC0209)</t>
+  </si>
+  <si>
+    <t>SC0209</t>
+  </si>
+  <si>
+    <t>This is only used to record Medicaid Revenue offsets for Intergovernmental Transfers (IGT)</t>
+  </si>
+  <si>
+    <t>Services - Contractual - ULP (SC0206)</t>
+  </si>
+  <si>
+    <t>SC0206</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with services provided by University of Louisville Physicians group.</t>
+  </si>
+  <si>
+    <t>Services - Contractual (SC0207)</t>
+  </si>
+  <si>
+    <t>SC0207</t>
+  </si>
+  <si>
+    <t>Services - Copy Finishing Services (SC0216)</t>
+  </si>
+  <si>
+    <t>SC0216</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to copy finishing services. Copy finishing services encompass all the operations performed on printed material after it has been printed to enhance its appearance, functionality, or durability. Canon is our print and mail services partner and must be used unless an exception to use a different supplier is granted.</t>
+  </si>
+  <si>
+    <t>Services - Criminal Background Checks (SC0185)</t>
+  </si>
+  <si>
+    <t>SC0185</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all criminal background checks.</t>
+  </si>
+  <si>
+    <t>Services - CTU Coordinator Fee (SC0247)</t>
+  </si>
+  <si>
+    <t>SC0247</t>
+  </si>
+  <si>
+    <t>The CTU Coordinator Fee is a charge associated with the administrative and operational support provided by the Clinical Trials Unit (CTU). This fee covers activities such as protocol feasibility assessments, regulatory compliance oversight, participant coordination, data management, and overall trial facilitation. It ensures efficient trial execution while maintaining adherence to institutional and sponsor requirements.</t>
+  </si>
+  <si>
+    <t>Services - CTU Room Fee (SC0248)</t>
+  </si>
+  <si>
+    <t>SC0248</t>
+  </si>
+  <si>
+    <t>The CTU Room Fee is a charge for the use of Clinical Trials Unit (CTU) facilities, including dedicated space for study visits, patient monitoring, sample collection, and other research-related activities. This fee helps cover maintenance, utilities, and resources required to ensure a compliant and controlled environment for clinical trial conduct.</t>
+  </si>
+  <si>
+    <t>Services - CTU Service Fee (SC0249)</t>
+  </si>
+  <si>
+    <t>SC0249</t>
+  </si>
+  <si>
+    <t>The CTU Service Fee covers the administrative and operational support provided by the Clinical Trials Unit (CTU) for conducting clinical research. This fee includes services such as study coordination, regulatory assistance, data management, patient scheduling, specimen processing, and other essential trial-related activities. It ensures the efficient execution of trials while maintaining compliance with institutional, regulatory, and sponsor requirements.</t>
+  </si>
+  <si>
+    <t>Services - Cultural Activities (SC0328)</t>
+  </si>
+  <si>
+    <t>SC0328</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with cultural activities services. Cultural activities services encompass the practices, behaviors, and expressions of a culture, including activities like art, music, dance, and literature.</t>
+  </si>
+  <si>
+    <t>Services - Data Network Installation (SC0271)</t>
+  </si>
+  <si>
+    <t>SC0271</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with data network installation services. Data network installation services encompass the complete process of establishing and configuring a computer network, including planning the network layout, installing physical cabling or setting up wireless access points, and configuring network hardware and software.</t>
+  </si>
+  <si>
+    <t>Services - Data Network Maintenance (SC0283)</t>
+  </si>
+  <si>
+    <t>SC0283</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with data network maintenance services. Data network maintenance services encompass the ongoing processes and activities involved in keeping a data network operating efficiently, securely, and reliably.</t>
+  </si>
+  <si>
+    <t>Services - Data Network Monthly (SC0228)</t>
+  </si>
+  <si>
+    <t>SC0228</t>
+  </si>
+  <si>
+    <t>This spend category would be used for the monthly fees associated with the applications or functionalities offered by a network to facilitate data transfer, sharing, and access between devices and users.</t>
+  </si>
+  <si>
+    <t>Services - Delivery (SC0186)</t>
+  </si>
+  <si>
+    <t>SC0186</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all delivery fees related to the purchase of goods.</t>
+  </si>
+  <si>
+    <t>Services - Dental Laboratory (SC0197)</t>
+  </si>
+  <si>
+    <t>SC0197</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with a supplier that utilizes specialized technicians to fabricate and repair custom dental appliances.</t>
+  </si>
+  <si>
+    <t>Services - Desktop Support Services (SC0224)</t>
+  </si>
+  <si>
+    <t>SC0224</t>
+  </si>
+  <si>
+    <t>This spend category shoul d be used for fees associated with desktop support services. Desktop support services provide on-site IT support for users' desktop computers and related hardware/software, offering immediate assistance to resolve issues like software problems, hardware malfunctions, and system maintenance.</t>
+  </si>
+  <si>
+    <t>Services - Digital Image Photography (SC0221)</t>
+  </si>
+  <si>
+    <t>SC0221</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to digital image photography services. Digital image photography services involve capturing, processing, and potentially enhancing images using digital cameras and software, rather than tradtional film-based methods.</t>
+  </si>
+  <si>
+    <t>Services - Digital Poster Services (SC0223)</t>
+  </si>
+  <si>
+    <t>SC0223</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to digital poster services. Digital poster services refer to the creation and deployment of posters displayed on digital screens, offering dynamic and engaging content alternatives to traditional printed posters.</t>
+  </si>
+  <si>
+    <t>Services - DNA Analysis (SC0250)</t>
+  </si>
+  <si>
+    <t>SC0250</t>
+  </si>
+  <si>
+    <t>The DNA Analysis Fee covers the cost of processing and examining genetic material to identify specific sequences, mutations, or variations. This fee includes expenses related to laboratory testing, reagents, specialized equipment, bioinformatics analysis, and expert interpretation of results. It ensures accurate and reliable genetic analysis for research, clinical diagnostics, forensic investigations, or other applications.</t>
+  </si>
+  <si>
+    <t>Services - Domain Registration (SC0244)</t>
+  </si>
+  <si>
+    <t>SC0244</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with a supplier that allows individuals or organizations to register and claim specific domain names, essentially creating a "website address" on the internet.</t>
+  </si>
+  <si>
+    <t>Services - Embroidery/Screening (SC0190)</t>
+  </si>
+  <si>
+    <t>SC0190</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all embroidery and screen printing services.</t>
+  </si>
+  <si>
+    <t>Services - Enterprise Disk Storage (SC0226)</t>
+  </si>
+  <si>
+    <t>SC0226</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with enterprise disk storage services. Enterprise disk storage services refer to the solutions and infrastructure used by businesses to store, manage, and protect large volumes of data, often across multiple servers and locations.</t>
+  </si>
+  <si>
+    <t>Services - Equipment Maintenance (SC0275)</t>
+  </si>
+  <si>
+    <t>SC0275</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with equipment maintenance services. Equipment maintenance services encompass the activities and processes involved in keeping machinery, tools, and other equipment in good working order.</t>
+  </si>
+  <si>
+    <t>Services - Film Crew (SC0179)</t>
+  </si>
+  <si>
+    <t>SC0179</t>
+  </si>
+  <si>
+    <t>This spend category would be used for fees related to the services provided by film crews. A film crew is a team of professionals working behind the scenes to create a movie, film, or motion picture.</t>
+  </si>
+  <si>
+    <t>Services - Film Development (SC0203)</t>
+  </si>
+  <si>
+    <t>SC0203</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees related to film development.</t>
+  </si>
+  <si>
+    <t>Services - Flowers/Memorials (SC0326)</t>
+  </si>
+  <si>
+    <t>SC0326</t>
+  </si>
+  <si>
+    <t>Services - Freight (SC0187)</t>
+  </si>
+  <si>
+    <t>SC0187</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all freight fees associated with the purchase of goods.</t>
+  </si>
+  <si>
+    <t>Services - Fresh Tissue Allocation (SC0255)</t>
+  </si>
+  <si>
+    <t>SC0255</t>
+  </si>
+  <si>
+    <t>The Fresh Tissue Allocation Fee covers the costs associated with the procurement, processing, and storage of fresh tissue samples used in clinical or research studies. This fee ensures that high-quality tissue is available for analysis, including activities such as sample preparation, freezing, or transportation, and helps maintain compliance with ethical and regulatory standards.</t>
+  </si>
+  <si>
+    <t>Services - Game Officials (SC0180)</t>
+  </si>
+  <si>
+    <t>SC0180</t>
+  </si>
+  <si>
+    <t>This spend category would be used for the fees associated with services provided by game officials. Game officials refers to any referee, linesperson, timekeeper, scorekeeper, or other person engaged in officiating an athletic event.</t>
+  </si>
+  <si>
+    <t>Services - Graphic Design Services (SC0227)</t>
+  </si>
+  <si>
+    <t>SC0227</t>
+  </si>
+  <si>
+    <t>Services - Graphic Images (SC0205)</t>
+  </si>
+  <si>
+    <t>SC0205</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees related to the purchase of pre-designed graphic images.</t>
+  </si>
+  <si>
+    <t>Services - Grounds Maintenance (SC0287)</t>
+  </si>
+  <si>
+    <t>SC0287</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with grounds maintenance services. Grounds maintenance services encompass the upkeep and care of a property's outdoor areas, ensuring they are clean, safe, and aesthetically pleasing.</t>
+  </si>
+  <si>
+    <t>Services - Guest Speakers (SC0469)</t>
+  </si>
+  <si>
+    <t>SC0469</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with a guest speaker. A guest speaker is a person invited to a gathering to give a speech. 
+Speaker fees are payments in which the amount to be paid for a specific service is determined by the speaker. Speakers may include subject-matter experts. The speaker must provide an invoice as documentation for payment of the fee.</t>
+  </si>
+  <si>
+    <t>Services - Hazardous Waste (SC0257)</t>
+  </si>
+  <si>
+    <t>SC0257</t>
+  </si>
+  <si>
+    <t>The Hazardous Waste Removal Fee covers the costs associated with the proper handling, transportation, and disposal of hazardous materials generated during clinical trials or laboratory research. This fee ensures compliance with environmental and safety regulations, including the safe disposal of chemicals, biological agents, and other toxic substances, minimizing risks to public health and the environment.</t>
+  </si>
+  <si>
+    <t>Services - Honorariums (SC0181)</t>
+  </si>
+  <si>
+    <t>SC0181</t>
+  </si>
+  <si>
+    <t>This spend category is used for honorariums. Honorarium is a payment made in appreciation for a professional favor provided to the University by an individual who is not charge for his/her special professional services.  This cost is typically unallowable on sponsored programs.  See SC0469 if the cost is for Guest Speaker Fee.</t>
+  </si>
+  <si>
+    <t>Services - Human Subjects (SC0183)</t>
+  </si>
+  <si>
+    <t>SC0183</t>
+  </si>
+  <si>
+    <t>Services related to human subjects refer to the activities and costs associated with the involvement of individuals in clinical trials or research studies. These services may include participant recruitment, informed consent processes, medical assessments, testing, and monitoring. Costs can also encompass the effort involved in providing compensation to participants, providing care or treatment, and ensuring ethical oversight and regulatory compliance. All services must adhere to ethical guidelines, institutional review board (IRB) requirements, and sponsor protocols to protect the rights and well-being of human subjects.</t>
+  </si>
+  <si>
+    <t>Services - Imaging (SC0225)</t>
+  </si>
+  <si>
+    <t>SC0225</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with imaging services. Imaging services refer to the use of various medical technologies to create images of the inside of the body, aiding in the diagnosis, monitoring, and treatment of diseases and injuries.</t>
+  </si>
+  <si>
+    <t>Services - Infectious Waste (SC0258)</t>
+  </si>
+  <si>
+    <t>SC0258</t>
+  </si>
+  <si>
+    <t>The Infectious Waste Removal Fee covers the cost of safely handling, storing, and disposing of hazardous materials and biological waste generated during clinical trials or laboratory research. This fee ensures compliance with health and safety regulations, including the proper containment, transportation, and disposal of infectious waste to prevent contamination and protect public health.</t>
+  </si>
+  <si>
+    <t>Services - Install - Network Base Infrastructure (SC0269)</t>
+  </si>
+  <si>
+    <t>SC0269</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with network base infrastructure installation. Network base infrastructure installation services involve the setup and configuration of the physical and virtual components that make up a network.</t>
+  </si>
+  <si>
+    <t>Services - IT Copy IT (SC0222)</t>
+  </si>
+  <si>
+    <t>SC0222</t>
+  </si>
+  <si>
+    <t>Services - IT Internal Print/Copy Usage (SC0279)</t>
+  </si>
+  <si>
+    <t>SC0279</t>
+  </si>
+  <si>
+    <t>Services - IT-Copier Management Program (SC0278)</t>
+  </si>
+  <si>
+    <t>SC0278</t>
+  </si>
+  <si>
+    <t>Services - IT-iTech Xpress (SC0212)</t>
+  </si>
+  <si>
+    <t>SC0212</t>
+  </si>
+  <si>
+    <t>Services - IT-Web Deveopment Services (SC0239)</t>
+  </si>
+  <si>
+    <t>SC0239</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with the creation, design, building, and maintenance of websites and web applications.</t>
+  </si>
+  <si>
+    <t>Services - Janitorial Services (SC0274)</t>
+  </si>
+  <si>
+    <t>SC0274</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with janitorial services. Janitorial services are routine cleaning and maintenance tasks, such as dusting, vacuuming, mopping, restroom cleaning, and trash removal, performed to maintain a clean and tidy environment in buildings.</t>
+  </si>
+  <si>
+    <t>Services - Lab/Research (SC0240)</t>
+  </si>
+  <si>
+    <t>SC0240</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated for suppliers and personnel that conduct experiments, testing, and investigations to advance scientific knowledge or develop new technologies.</t>
+  </si>
+  <si>
+    <t>Services - Lab/Research Testing (SC0253)</t>
+  </si>
+  <si>
+    <t>SC0253</t>
+  </si>
+  <si>
+    <t>Lab/Research Testing Fees cover the costs associated with specialized laboratory analyses and research testing conducted during a study. These fees may include specimen processing, biochemical assays, genetic testing, microbiology analysis, toxicology studies, and other specialized diagnostics. They ensure accurate, high-quality data collection while maintaining compliance with regulatory and sponsor requirements.</t>
+  </si>
+  <si>
+    <t>Services - LAN Server Management (SC0231)</t>
+  </si>
+  <si>
+    <t>SC0231</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with the administration, maintenance, and monitoring of servers within a Local Area Network (LAN) to ensure they function reliably and efficiently.</t>
+  </si>
+  <si>
+    <t>Services - Laundry (SC0201)</t>
+  </si>
+  <si>
+    <t>SC0201</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all laundry services.</t>
+  </si>
+  <si>
+    <t>Services - Legal Settlements (SC0199)</t>
+  </si>
+  <si>
+    <t>SC0199</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all legal settlement fees.</t>
+  </si>
+  <si>
+    <t>Services - Medical/Hospital (SC0196)</t>
+  </si>
+  <si>
+    <t>SC0196</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with medical and physician services. Medical services encompasses care and treatment provided by licensed medical professionals to prevent, diagnose, treat, or correct medical problems. Hospital services encompasses the medial care, treatments, and support provided within a hospital setting, including both inpatient and outpatient care, and can involve diagnostic, therapeutic, and rehabilitative services.</t>
+  </si>
+  <si>
+    <t>Services - Medical/Physicans (SC0195)</t>
+  </si>
+  <si>
+    <t>SC0195</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with medical and hospital services. Medical services encompasses care and treatment provided by licensed medical professionals to prevent, diagnose, treat, or correct medical problems. Physician services specifically refers to the professional services performed by licensed physicians, including consultations, surgery, and home, office, or institutional calls.</t>
+  </si>
+  <si>
+    <t>Services - Network Base Infrastructure (SC0234)</t>
+  </si>
+  <si>
+    <t>SC0234</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with the core hardware, software, and virtual elements that enable interconnected communication and data exchange within a network.</t>
+  </si>
+  <si>
+    <t>Services - Network Hardware Maintenance Repair  (SC0451)</t>
+  </si>
+  <si>
+    <t>SC0451</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees related to the maintenance and repair of network hardware equipment. Consumables are not included.</t>
+  </si>
+  <si>
+    <t>Services - Other Analysis (SC0251)</t>
+  </si>
+  <si>
+    <t>SC0251</t>
+  </si>
+  <si>
+    <t>Clinical Trial Analysis Fees cover specialized laboratory and data processing services essential for study execution. These may include biostatistical analysis, specimen processing, pharmacokinetic/pharmacodynamic (PK/PD) assessments, genomic and proteomic testing, imaging interpretation, microbiology testing, toxicology studies, histopathology, flow cytometry, and metabolomics. Each fee ensures accurate, high-quality analysis while maintaining compliance with regulatory and sponsor requirements.</t>
+  </si>
+  <si>
+    <t>Services - Other Equipment (SC0273)</t>
+  </si>
+  <si>
+    <t>SC0273</t>
+  </si>
+  <si>
+    <t>Services - Other Maintenance (SC0288)</t>
+  </si>
+  <si>
+    <t>SC0288</t>
+  </si>
+  <si>
+    <t>Services - Other-Equipment Maintenance (SC0286)</t>
+  </si>
+  <si>
+    <t>SC0286</t>
+  </si>
+  <si>
+    <t>Services - Overnight Mailings (SC0188)</t>
+  </si>
+  <si>
+    <t>SC0188</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees associated with utilizing suppliers for overnight mailing services.</t>
+  </si>
+  <si>
+    <t>Services - Patient Care (SC0194)</t>
+  </si>
+  <si>
+    <t>SC0194</t>
+  </si>
+  <si>
+    <t>This spend category would be used for fees associated with patient care. Patient care services encompass all activities and resources aimed at supporting a patient's health, comfort, and well-being.</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Architectural &amp; Engineer (SC0173)</t>
+  </si>
+  <si>
+    <t>SC0173</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all architectural and engineering Personal Services Contract services.</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Audit Fees (SC0175)</t>
+  </si>
+  <si>
+    <t>SC0175</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all audit Personal Services Contract services.</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Consultant (SC0176)</t>
+  </si>
+  <si>
+    <t>SC0176</t>
+  </si>
+  <si>
+    <t>This spend category would be used for fees associated with consultant services under Personal Service Contracts.</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Interior Design (SC0172)</t>
+  </si>
+  <si>
+    <t>SC0172</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all interior design Personal Services Contract services.</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Legal (SC0171)</t>
+  </si>
+  <si>
+    <t>SC0171</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all legal Personal Services Contract services.</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Medical (SC0174)</t>
+  </si>
+  <si>
+    <t>SC0174</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all medical consultant Personal Services Contract services.</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Other Contractual (SC0177)</t>
+  </si>
+  <si>
+    <t>SC0177</t>
+  </si>
+  <si>
+    <t>Services - Personal Service Contracts - Research (SC0542)</t>
+  </si>
+  <si>
+    <t>SC0542</t>
+  </si>
+  <si>
+    <t>Personal service contracts for sponsored projects or research cover payments to individuals or entities providing specialized services in support of a sponsored project. These contracts are typically used for consultants, subject matter experts, or independent contractors who are not employees of the institution. Services must be necessary, reasonable, and align with sponsor and institutional policies, ensuring compliance with procurement and contractual requirements.</t>
+  </si>
+  <si>
+    <t>Services - Photo Duplicating/Reprints (SC0204)</t>
+  </si>
+  <si>
+    <t>SC0204</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees related to the duplication and/or reprinting of photos.</t>
+  </si>
+  <si>
+    <t>Services - Physical Plant Services (SC0233)</t>
+  </si>
+  <si>
+    <t>SC0233</t>
+  </si>
+  <si>
+    <t>This category would be used for fees associated with the routine operation and maintenance of a facility's infrastructure, including buildings, utility systems, grounds, and related equipment.</t>
+  </si>
+  <si>
+    <t>Services - Postal Service (SC0189)</t>
+  </si>
+  <si>
+    <t>SC0189</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with obtaining patents.</t>
+  </si>
+  <si>
+    <t>Services - Pre Print Design (SC0232)</t>
+  </si>
+  <si>
+    <t>SC0232</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with pre-print design services. Pre-print design services, also known as prepress, are the activities that prepare digital artwork for printing.</t>
+  </si>
+  <si>
+    <t>Services - Printing Services (Outsourced) (SC0192)</t>
+  </si>
+  <si>
+    <t>SC0192</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to outsourced printing services. Canon is our print and mail services partner and must be used unless an exception to use a different supplier is granted.</t>
+  </si>
+  <si>
+    <t>Services - Printing Services (SC0191)</t>
+  </si>
+  <si>
+    <t>SC0191</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to in-house printing services. Canon is our print and mail services partner and must be used unless an exception to use a different supplier is granted.</t>
+  </si>
+  <si>
+    <t>Services - Relocation/Moving/House Hunt (SC0198)</t>
+  </si>
+  <si>
+    <t>SC0198</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all employee and office relocation and moving expenses.</t>
+  </si>
+  <si>
+    <t>Services - Research Operations Allocation (SC0246)</t>
+  </si>
+  <si>
+    <t>SC0246</t>
+  </si>
+  <si>
+    <t>Research operations allocation refers to the distribution of institutional funds to support the administrative and infrastructure costs associated with conducting research. These funds may cover expenses such as facility maintenance, compliance support, research administration, and other operational needs that facilitate the execution of sponsored projects. Allocations are typically determined based on institutional policies and may be derived from indirect cost recovery or other funding sources.</t>
+  </si>
+  <si>
+    <t>Services - Scientific, Lab &amp; Research Equipment Maintenance (SC0450)</t>
+  </si>
+  <si>
+    <t>SC0450</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees related to the maintenance of scientific, lab, and research equipment. Consumables are not included.</t>
+  </si>
+  <si>
+    <t>Services - Security (SC0184)</t>
+  </si>
+  <si>
+    <t>SC0184</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all security services.</t>
+  </si>
+  <si>
+    <t>Services - Signage (SC0327)</t>
+  </si>
+  <si>
+    <t>SC0327</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with signage services. Signage services encompass the design, fabrication, installation, and maintenance of all types of visual displays to communicate information or promote a product or service.</t>
+  </si>
+  <si>
+    <t>Services - Software Implementation Services (SC0208)</t>
+  </si>
+  <si>
+    <t>SC0208</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees associated with the implementation of software. This does not include the purchase of the product.</t>
+  </si>
+  <si>
+    <t>Services - Software Installation (SC0272)</t>
+  </si>
+  <si>
+    <t>SC0272</t>
+  </si>
+  <si>
+    <t>This spend category should include fees associated with software installation services. Software installation services encompass the process of physically placing a program or software onto a device, typically a computer, and preparing it for use, including configuring settings and ensuring it runs correctly.</t>
+  </si>
+  <si>
+    <t>Services - Software Maintenance (SC0285)</t>
+  </si>
+  <si>
+    <t>SC0285</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with software maintenance services. Software maintenance services focus on ensuring the optimal performance and reliability of video networks, including video streaming, surveillance, and other video-related applications.</t>
+  </si>
+  <si>
+    <t>Services - Software Resales (SC0229)</t>
+  </si>
+  <si>
+    <t>SC0229</t>
+  </si>
+  <si>
+    <t>This spend category would be used for software resale fees. Software resales services would include value added services such as technical support, implementation assistance, or customization provided to already developed software products.</t>
+  </si>
+  <si>
+    <t>Services - Stat Crew (SC0178)</t>
+  </si>
+  <si>
+    <t>SC0178</t>
+  </si>
+  <si>
+    <t>Services - Sub-Awards (SC0468)</t>
+  </si>
+  <si>
+    <t>SC0468</t>
+  </si>
+  <si>
+    <t>A subaward is a legal agreement between the primary recipient of a grant or contract (the "prime awardee") and another organization or entity (the "subrecipient") to carry out a portion of the work or project funded by the primary award. The subrecipient typically provides specialized services, expertise, or research efforts that support the objectives of the main award. Subawards are subject to the same compliance and reporting requirements as the prime award, and the primary recipient is responsible for overseeing the subrecipient's performance and expenditures.</t>
+  </si>
+  <si>
+    <t>Services - Technical Support Services (SC0235)</t>
+  </si>
+  <si>
+    <t>SC0235</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with the customer service that focuses on assisting users with technical issues related to products or services.</t>
+  </si>
+  <si>
+    <t>Services - Technology Training Services (SC0236)</t>
+  </si>
+  <si>
+    <t>SC0236</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with the provision of educational resources and expertise to equip individuals with the skills and knowledge necessary to effectively utilize and manage technology.</t>
+  </si>
+  <si>
+    <t>Services - Telephone Maintenance (SC0277)</t>
+  </si>
+  <si>
+    <t>SC0277</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with telephone maintenance services. Telephone maintenance services encompass all activities aimed at ensuring the ongoing functionality and performance of telephone systems and related equipment.</t>
+  </si>
+  <si>
+    <t>Services - Temporary Services (SC0182)</t>
+  </si>
+  <si>
+    <t>SC0182</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees related to the provision of workforce by a supplier or staffing agency for a limited time to meet specific, short-term needs.</t>
+  </si>
+  <si>
+    <t>Services - Test/Survey Scanning (SC0252)</t>
+  </si>
+  <si>
+    <t>SC0252</t>
+  </si>
+  <si>
+    <t>The Clinical Trial Test/Survey Scanning Fee covers the cost of digitizing, processing, and analyzing paper-based tests, surveys, or questionnaires used in a study. This fee includes scanning, data extraction, quality control, and secure storage to ensure accurate and efficient data management for clinical trial assessments.</t>
+  </si>
+  <si>
+    <t>Services - Transgenic Underwriting (SC0254)</t>
+  </si>
+  <si>
+    <t>SC0254</t>
+  </si>
+  <si>
+    <t>The Transgenic Underiting Fee covers the costs associated with evaluating, maintaining, and overseeing the use of genetically modified organisms (GMOs) in research. This fee supports risk assessment, regulatory compliance, colony management, and quality control to ensure the ethical and safe use of transgenic models in scientific studies.</t>
+  </si>
+  <si>
+    <t>Services - Vehicles Maintenance (SC0276)</t>
+  </si>
+  <si>
+    <t>SC0276</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with vehicle maintenance services. Vehicle maintenance services encompass the ongoing process of keeping a vehicle in good working order through regular inspections, repairs, and preventative measures.</t>
+  </si>
+  <si>
+    <t>Services - Video Network Maintenance (SC0284)</t>
+  </si>
+  <si>
+    <t>SC0284</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with video network maintenance services. Video network maintenance services focus on ensuring the optimal performance and reliability of video networks, including video streaming, surveillance, and other video-related applications.</t>
+  </si>
+  <si>
+    <t>Services - Video Production Services (SC0238)</t>
+  </si>
+  <si>
+    <t>SC0238</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with the entire process of creating video content, from initial planning and scripting to filming, editing, and post-production.</t>
+  </si>
+  <si>
+    <t>Services - Voice Mail Services (SC0237)</t>
+  </si>
+  <si>
+    <t>SC0237</t>
+  </si>
+  <si>
+    <t>This spend category would be used for all fees associated with an automated answering and message recording system provided by phone service providers.</t>
+  </si>
+  <si>
+    <t>Services - Voice Network Installation (SC0268)</t>
+  </si>
+  <si>
+    <t>SC0268</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with voice network installation services. Voice network installation services involve setting up the hardware, software, and cabling needed to establish a function voice communication system, often including telephone systems, VoIP, and related infrastructure.</t>
+  </si>
+  <si>
+    <t>Services - Voice Network Maintenance (SC0282)</t>
+  </si>
+  <si>
+    <t>SC0282</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with voice network maintenance services. Voice network maintenance services refer to the ongoing care and support provided to ensure the reliable and efficient operation of a voice communication network.</t>
+  </si>
+  <si>
+    <t>Services - Voice Network Monthly (SC0217)</t>
+  </si>
+  <si>
+    <t>SC0217</t>
+  </si>
+  <si>
+    <t>This spend category should be used for monthly fees related to voice network services. Voice network services refer to subscription-based voice communications services, often delivered via Voice over Internet Protocol (VoIP).</t>
+  </si>
+  <si>
+    <t>Services - Waste Removal (SC0256)</t>
+  </si>
+  <si>
+    <t>SC0256</t>
+  </si>
+  <si>
+    <t>The Waste Removal Fee covers the cost of safely collecting, transporting, and disposing of non-hazardous waste generated during clinical trials, research, or laboratory activities. This fee ensures proper waste management practices are followed, promoting a clean and safe environment while complying with local environmental regulations.</t>
+  </si>
+  <si>
+    <t>Services - Web Site Hosting (SC0241)</t>
+  </si>
+  <si>
+    <t>SC0241</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all fees associated with services that provide the infrastructure and resources needed to store and deliver a website's content to the internet.</t>
+  </si>
+  <si>
+    <t>Services - Wiring/Cable Installation (SC0267)</t>
+  </si>
+  <si>
+    <t>SC0267</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fees associated with wiring and cabling installation services. Wiring and cabling installaiton services encompass the professional installation of electrical and communication networks within a structure, ensuring proper connection of devices and systems.</t>
+  </si>
+  <si>
+    <t>Services-Equipment Maintenance - Replacement Part(s) (SC0551)</t>
+  </si>
+  <si>
+    <t>SC0551</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of spare parts or replacement equipment needed to maintain the functionality of a separate piece of equipment or system. This spend category should not be used for a new equipment purchases that function on a stand-alone basis.</t>
+  </si>
+  <si>
+    <t>Subscriptions Fee - Athletic Recruiting Subscriptions (SC0300)</t>
+  </si>
+  <si>
+    <t>SC0300</t>
+  </si>
+  <si>
+    <t>Subscriptions Fee - Digital Media - Library (SC0554)</t>
+  </si>
+  <si>
+    <t>SC0554</t>
+  </si>
+  <si>
+    <t>This spend category should be used for expense related to the purchase of Digital/Online Media Subscriptions purchased by the University Libraries. This spend category should not be used for expense connected to online/digital subscriptions purchased by other departments not connected to the University Libraries.</t>
+  </si>
+  <si>
+    <t>Subscriptions Fee - Digital Media-Non Library  (SC0298)</t>
+  </si>
+  <si>
+    <t>SC0298</t>
+  </si>
+  <si>
+    <t>Subscriptions Fee - Other Recruiting (SC0302)</t>
+  </si>
+  <si>
+    <t>SC0302</t>
+  </si>
+  <si>
+    <t>Subscriptions Fee- Employee Recruiting Expenses (SC0301)</t>
+  </si>
+  <si>
+    <t>SC0301</t>
+  </si>
+  <si>
+    <t>Subscriptions Fee- Information Technology - No Contract (SC0297)</t>
+  </si>
+  <si>
+    <t>SC0297</t>
+  </si>
+  <si>
+    <t>Subscriptions Fee- Student Recruiting Expenses (Non Athlete) (SC0299)</t>
+  </si>
+  <si>
+    <t>SC0299</t>
+  </si>
+  <si>
+    <t>Supplies - Animal Bedding/Housing (SC0114)</t>
+  </si>
+  <si>
+    <t>SC0114</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all animal bedding or housing supplies. Animal bedding supplies are materials used to create a comfortable, clean, and dry resting area for animals, typically in their living quarters. Animal housing supplies encompass the materials and equipment needed to create and maintain a suitable environment for animals, ensuring their health safety, and welfare.</t>
+  </si>
+  <si>
+    <t>Supplies - Animal Feed (SC0113)</t>
+  </si>
+  <si>
+    <t>SC0113</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all animal feed supplies. Animal feed supplies refers to the materials used to nourish animals, both domestic livestock and pets.</t>
+  </si>
+  <si>
+    <t>Supplies - Animals (SC0112)</t>
+  </si>
+  <si>
+    <t>SC0112</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase supplies for animals or animals. Animals supplies refer to the goods and products needed to produce, care for, and support animals, including both pet and livestock.</t>
+  </si>
+  <si>
+    <t>Supplies - Chemicals (SC0107)</t>
+  </si>
+  <si>
+    <t>SC0107</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all chemicals. Janitorial cleaning chemicals are not included under this category.</t>
+  </si>
+  <si>
+    <t>Supplies - Compressed Gas (cylinders) (SC0110)</t>
+  </si>
+  <si>
+    <t>SC0110</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all compressed gases which are delivered in cylinder canisters. Compressed gas supplies refers to the storage and delivery of gases under pressure, typically in cylinders.</t>
+  </si>
+  <si>
+    <t>Supplies - Database on CD (SC0120)</t>
+  </si>
+  <si>
+    <t>SC0120</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase Compact Disc (CD) database supplies. A CD database is a database for software applications to look up audio CD information over the internet.</t>
+  </si>
+  <si>
+    <t>Supplies - Demurrage (SC0111)</t>
+  </si>
+  <si>
+    <t>SC0111</t>
+  </si>
+  <si>
+    <t>This spend category should be use for all supplies related to demurrage supplies. Demurrage is a fee that is charged when shipping internationally and the cargo must remain at a terminal or port for longer than the agreed upon time in the shipping contract.</t>
+  </si>
+  <si>
+    <t>Supplies - Dental Clinical Supplies (SC0126)</t>
+  </si>
+  <si>
+    <t>SC0126</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all dental clinical supplies. Dental clinical supplies include the tools, instruments, and materials used by dental professionals to examine, diagnose, treat, and restore teeth and the surrounding oral structures.</t>
+  </si>
+  <si>
+    <t>Supplies - Disposable Supplies (SC0130)</t>
+  </si>
+  <si>
+    <t>SC0130</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase disposable supplies. Disposable supplies are products designed for single use and then disposal, either through recycling or as solid waste.</t>
+  </si>
+  <si>
+    <t>Supplies - Document Management (SC0115)</t>
+  </si>
+  <si>
+    <t>SC0115</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all supplies related to document management. Document management involves organizing, storing, and retrieving documents, often in a digital format, to improve efficiency and collaboration.</t>
+  </si>
+  <si>
+    <t>Supplies - Gasoline (SC0134)</t>
+  </si>
+  <si>
+    <t>SC0134</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase gasoline.</t>
+  </si>
+  <si>
+    <t>Supplies - Instructional &amp; Training (SC0118)</t>
+  </si>
+  <si>
+    <t>SC0118</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all instructional and training supplies. Instructional and training supplies are materials used by an instructor to help achieve desired learning objectives and to facilitate the learning process.</t>
+  </si>
+  <si>
+    <t>Supplies - Janitorial Supplies (SC0122)</t>
+  </si>
+  <si>
+    <t>SC0122</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all janitorial supplies such as cleaning products, cleaning chemicals, and tools used to maintain institutional cleanliness and hygiene.</t>
+  </si>
+  <si>
+    <t>Supplies - Laboratory (SC0106)</t>
+  </si>
+  <si>
+    <t>SC0106</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all laboratory supplies. Laboratory supplies refer to the tools, instruments, and materials used ina laboratory for conducting scientific research, experiments, or analysis.</t>
+  </si>
+  <si>
+    <t>Supplies - Library Books/Monographs (SC0453)</t>
+  </si>
+  <si>
+    <t>SC0453</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all library books, reference material supplies, and monograph supplies.</t>
+  </si>
+  <si>
+    <t>Supplies - Maintenance Supplies (SC0125)</t>
+  </si>
+  <si>
+    <t>SC0125</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all maintenance supplies. Maintenance supplies include all materials and consumables necessary for the ongoing upkeep, repair, and maintenance of machinery, equipment, and infrastructure of the organization.</t>
+  </si>
+  <si>
+    <t>Supplies - Medical-Lab Supplies (SC0129)</t>
+  </si>
+  <si>
+    <t>SC0129</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase medical-lab supplies. Medical-lab supplies include the machinery and materials needed to conduct scientific investigations and analysis.</t>
+  </si>
+  <si>
+    <t>Supplies - Medication (SC0550)</t>
+  </si>
+  <si>
+    <t>SC0550</t>
+  </si>
+  <si>
+    <t>To be used when purchasing medication for both patients and emergency medical kits.</t>
+  </si>
+  <si>
+    <t>Supplies - Meeting (SC0123)</t>
+  </si>
+  <si>
+    <t>SC0123</t>
+  </si>
+  <si>
+    <t>Supplies - Non-Library Books &amp; Binding (SC0117)</t>
+  </si>
+  <si>
+    <t>SC0117</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all non-library books and binding supplies.</t>
+  </si>
+  <si>
+    <t>Supplies - Nutritional Supplements (SC0133)</t>
+  </si>
+  <si>
+    <t>SC0133</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase nutritional supplements. Nutritional supplements are products taken to add to the diet, usually containing vitamins, minerals, herbs, or other dietary ingredients.</t>
+  </si>
+  <si>
+    <t>Supplies - Office Supplies (SC0116)</t>
+  </si>
+  <si>
+    <t>SC0116</t>
+  </si>
+  <si>
+    <t>This spend category should be use to purchase all office supplies used in day-to-day operations. Office supplies are tangible and consumable items such as pens, paper, printer ink, etc.</t>
+  </si>
+  <si>
+    <t>Supplies - Other (SC0135)</t>
+  </si>
+  <si>
+    <t>SC0135</t>
+  </si>
+  <si>
+    <t>Supplies - Pharmacy/Drugs (SC0131)</t>
+  </si>
+  <si>
+    <t>SC0131</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase pharmacy and drug supplies. Pharmacy and drug supplies include all saleable or usable products within a pharmacy, as well as related purchases, requirements, regulations, and recordkeeping.</t>
+  </si>
+  <si>
+    <t>Supplies - Postal Supplies (SC0128)</t>
+  </si>
+  <si>
+    <t>SC0128</t>
+  </si>
+  <si>
+    <t>This category should be used to purchase all postal supplies. Postal supplies include all materials needed to send mail or packages through a postal service.</t>
+  </si>
+  <si>
+    <t>Supplies - Printing Supplies (SC0127)</t>
+  </si>
+  <si>
+    <t>SC0127</t>
+  </si>
+  <si>
+    <t>This category should be used to purchase all printing supplies for printing documents, books, pamphlets, etc.</t>
+  </si>
+  <si>
+    <t>Supplies - Radioisotopes (SC0108)</t>
+  </si>
+  <si>
+    <t>SC0108</t>
+  </si>
+  <si>
+    <t>This spend cateogory should be used to purchase radioisotopes. Radioisotopes are radioactive isotopes of an element.</t>
+  </si>
+  <si>
+    <t>Supplies - Radiology (SC0109)</t>
+  </si>
+  <si>
+    <t>SC0109</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all radiology supplies. Radiology supplies refers to the equipment, materials, and accessories used in medical imaging procedures.</t>
+  </si>
+  <si>
+    <t>Supplies - Recreational (SC0124)</t>
+  </si>
+  <si>
+    <t>SC0124</t>
+  </si>
+  <si>
+    <t>Supplies - Software (SC0119)</t>
+  </si>
+  <si>
+    <t>SC0119</t>
+  </si>
+  <si>
+    <t>Supplies - Stockroom (SC0121)</t>
+  </si>
+  <si>
+    <t>SC0121</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase all supplies for the University stockroom inventory.</t>
+  </si>
+  <si>
+    <t>Supplies - Uniforms (SC0132)</t>
+  </si>
+  <si>
+    <t>SC0132</t>
+  </si>
+  <si>
+    <t>This spend category should be used to purchase uniforms supplies. Uniforms are standardized clothing worn by members of a group, organization, or company to signify shared identity, role, or purpose.</t>
+  </si>
+  <si>
+    <t>Trackable - &lt;5k Computer (SC0463)</t>
+  </si>
+  <si>
+    <t>SC0463</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all computer equipment less than $5,000. Computer equipment encompasses the physical devices and components that make up a computer system, including both internal components like the CPU and RAM, and external devices like monitors, keyboards, and printers.</t>
+  </si>
+  <si>
+    <t>Trackable - &lt;5k Special Purpose Equipment (SC0467)</t>
+  </si>
+  <si>
+    <t>SC0467</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all special purpose equipment purchases that are less than $5,000. Special purpose equipment is used for scientific, medical, research, or other technical activities.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=100k General Purpose Software (SC0161)</t>
+  </si>
+  <si>
+    <t>SC0161</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=100k Specialized Software (SC0523)</t>
+  </si>
+  <si>
+    <t>SC0523</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of specialized software equal to or greater than $100,000. Specialized software is designed for specific tasks or industries. It is often tailor-made to meet unique business or organizational needs, focusing on efficiency and effectiveness within a particular domain. 
+To be allowable on sponsored programs, the "specialized" software should be necessary for the programmatic aims of the project as outlined in the proposal budget justification.  
+Purchase requires a Request For Proposal (RFP) or Sole Source.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Appliances (SC0479)</t>
+  </si>
+  <si>
+    <t>SC0479</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Athletic Equipment  (SC0438)</t>
+  </si>
+  <si>
+    <t>SC0438</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of athletic equipment that is equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Audiovisual Equipment (SC0441)</t>
+  </si>
+  <si>
+    <t>SC0441</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of audiovisual equipment that is equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Computer (SC0160)</t>
+  </si>
+  <si>
+    <t>SC0160</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all computer equipment equal to or greater than $5,000. Computer equipment encompasses the physical devices and components that make up a computer system, including both internal components like the CPU and RAM, and external devices like monitors, keyboards, and printers.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Custodial Equipment (SC0480)</t>
+  </si>
+  <si>
+    <t>SC0480</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Dental Equipment (SC0478)</t>
+  </si>
+  <si>
+    <t>SC0478</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Equipment (SC0162)</t>
+  </si>
+  <si>
+    <t>SC0162</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all other equipment purchases not specifically identified through other equipment spendvcategories that are equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Furniture (SC0163)</t>
+  </si>
+  <si>
+    <t>SC0163</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all furniture purchases that are equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Grounds Landscape Equipment (SC0445)</t>
+  </si>
+  <si>
+    <t>SC0445</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of grounds landscape equipment that is equal to or greater than $5,000. Grounds landscape equipment refers to the tools and vehicles used for maintaining and improving outdoor areas like lawns, gardens, and parks.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Material Handling Equipment (SC0481)</t>
+  </si>
+  <si>
+    <t>SC0481</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Medical Equipment (SC0477)</t>
+  </si>
+  <si>
+    <t>SC0477</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all medical equipment less than $5,000. Medical equipment refers to any tools, devices, or instruments used in healthcare for the diagnosis, monitoring, treatment, or prevention of diseases or injuries.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Microscope (SC0476)</t>
+  </si>
+  <si>
+    <t>SC0476</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all microscopes equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Musical Equipment (SC0440)</t>
+  </si>
+  <si>
+    <t>SC0440</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of musical equipment that is equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Office Equipment (SC0446)</t>
+  </si>
+  <si>
+    <t>SC0446</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of office equipment that is equal to or greater than $5,000. Office equipment encompasses the machinery, technology, and tools necessary for an office to function, excluding office furniture.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Safety System Equipment (SC0444)</t>
+  </si>
+  <si>
+    <t>SC0444</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of safety system equipment that is equal to or greater than $5,000. Safety system equipment includes the hardware and software components that protect individuals and processes from hazards.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Scientific, Lab &amp; Research Equipment (SC0439)</t>
+  </si>
+  <si>
+    <t>SC0439</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of scientific, lab, and research equipment that is equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Security Equipment (SC0442)</t>
+  </si>
+  <si>
+    <t>SC0442</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of security equipment that is equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Special Purpose Equipment (SC0164)</t>
+  </si>
+  <si>
+    <t>SC0164</t>
+  </si>
+  <si>
+    <t>This spend category should be used for all special purpose equipment purchases that are equal to or greater than $5,000. Special purpose equipment is used for scientific, medical, research, or other technical activities.</t>
+  </si>
+  <si>
+    <t>Trackable - &gt;=5k Telecom Equipment (SC0443)</t>
+  </si>
+  <si>
+    <t>SC0443</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of telecommunications equipment that is equal to or greater than $5,000.</t>
+  </si>
+  <si>
+    <t>Trackable - Buildings &amp; Building Improvements (SC0367)</t>
+  </si>
+  <si>
+    <t>SC0367</t>
+  </si>
+  <si>
+    <t>This spend category should be used for costs associated with buildings and building improvements. Building improvements are enhancements that add value to a building beyond its original construction, increasing its utility, lifespan, or aesthetic appeal.</t>
+  </si>
+  <si>
+    <t>Trackable - Infrastructure (SC0368)</t>
+  </si>
+  <si>
+    <t>SC0368</t>
+  </si>
+  <si>
+    <t>Trackable - Land (SC0507)</t>
+  </si>
+  <si>
+    <t>SC0507</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of land. Land refers to the solid, dry surface of the Earth that is not covered by water.</t>
+  </si>
+  <si>
+    <t>Trackable - Land Improvements (SC0369)</t>
+  </si>
+  <si>
+    <t>SC0369</t>
+  </si>
+  <si>
+    <t>Trackable - Leased Equipment (SC0166)</t>
+  </si>
+  <si>
+    <t>SC0166</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all leased equipment.</t>
+  </si>
+  <si>
+    <t>Trackable - Leasehold Improvements (SC0370)</t>
+  </si>
+  <si>
+    <t>SC0370</t>
+  </si>
+  <si>
+    <t>Trackable - Patents (SC0167)</t>
+  </si>
+  <si>
+    <t>SC0167</t>
+  </si>
+  <si>
+    <t>Trackable - Rare Books (SC0505)</t>
+  </si>
+  <si>
+    <t>SC0505</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of rare books for library materials. A rare book library, also known as special collections library, is a repository for items of high research value or historical significance, often due to their age, scarcity, or unique characteristics.</t>
+  </si>
+  <si>
+    <t>Trackable - Vehicles (SC0168)</t>
+  </si>
+  <si>
+    <t>SC0168</t>
+  </si>
+  <si>
+    <t>This spend category should be used for the purchase of all vehicles.</t>
+  </si>
+  <si>
+    <t>Travel -  Prospect Expenses -  Air (SC0086)</t>
+  </si>
+  <si>
+    <t>SC0086</t>
+  </si>
+  <si>
+    <t>Travel -  Prospect Expenses -  Entertainment (SC0089)</t>
+  </si>
+  <si>
+    <t>SC0089</t>
+  </si>
+  <si>
+    <t>Travel -  Prospect Expenses -  Hotel (SC0087)</t>
+  </si>
+  <si>
+    <t>SC0087</t>
+  </si>
+  <si>
+    <t>Travel -  Prospect Expenses -  Meals (SC0088)</t>
+  </si>
+  <si>
+    <t>SC0088</t>
+  </si>
+  <si>
+    <t>Travel -  Prospect Expenses -  Other (SC0090)</t>
+  </si>
+  <si>
+    <t>SC0090</t>
+  </si>
+  <si>
+    <t>Travel -  Prospect Expenses -  Rental Car (SC0097)</t>
+  </si>
+  <si>
+    <t>SC0097</t>
+  </si>
+  <si>
+    <t>Travel - Coach Recruitment Expenses - Air (SC0092)</t>
+  </si>
+  <si>
+    <t>SC0092</t>
+  </si>
+  <si>
+    <t>Travel - Coach Recruitment Expenses - Entertainment (SC0095)</t>
+  </si>
+  <si>
+    <t>SC0095</t>
+  </si>
+  <si>
+    <t>Travel - Coach Recruitment Expenses - Hotel (SC0093)</t>
+  </si>
+  <si>
+    <t>SC0093</t>
+  </si>
+  <si>
+    <t>Travel - Coach Recruitment Expenses - Meals (SC0094)</t>
+  </si>
+  <si>
+    <t>SC0094</t>
+  </si>
+  <si>
+    <t>Travel - Coach Recruitment Expenses - Other (SC0096)</t>
+  </si>
+  <si>
+    <t>SC0096</t>
+  </si>
+  <si>
+    <t>Travel - Coach Recruitment Expenses - Rental Car (SC0098)</t>
+  </si>
+  <si>
+    <t>SC0098</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Non Employee - Hotel (SC0075)</t>
+  </si>
+  <si>
+    <t>SC0075</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Non Employee - Meals (SC0079)</t>
+  </si>
+  <si>
+    <t>SC0079</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Non Employee - Mileage (SC0078)</t>
+  </si>
+  <si>
+    <t>SC0078</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Non Employee - Other (SC0077)</t>
+  </si>
+  <si>
+    <t>SC0077</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Non Employee - Participant Travel Expenses (SC0073)</t>
+  </si>
+  <si>
+    <t>SC0073</t>
+  </si>
+  <si>
+    <t>Reimbursements to Study Participants for domestic travel (mileage, transportation, meals and parking). This is exclusive of Participant Support Costs, please use Participant Support Cost spend categories.</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Non Employee - Rental Car (SC0076)</t>
+  </si>
+  <si>
+    <t>SC0076</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Student Travel - Air (SC0067)</t>
+  </si>
+  <si>
+    <t>SC0067</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Student Travel - Hotel (SC0068)</t>
+  </si>
+  <si>
+    <t>SC0068</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Student Travel - Misc. Expense (SC0070)</t>
+  </si>
+  <si>
+    <t>SC0070</t>
+  </si>
+  <si>
+    <t>Travel - Domestic - Student Travel - Rental Car (SC0069)</t>
+  </si>
+  <si>
+    <t>SC0069</t>
+  </si>
+  <si>
+    <t>Travel - Domestic Travel - Hotel (SC0055)</t>
+  </si>
+  <si>
+    <t>SC0055</t>
+  </si>
+  <si>
+    <t>Travel - Domestic Travel - Seminar and Registration Fees (SC0472)</t>
+  </si>
+  <si>
+    <t>SC0472</t>
+  </si>
+  <si>
+    <t>Travel - Employee Recruitment Expenses - Meals (SC0102)</t>
+  </si>
+  <si>
+    <t>SC0102</t>
+  </si>
+  <si>
+    <t>Travel - Employee Recruitment Expenses - Travel (SC0100)</t>
+  </si>
+  <si>
+    <t>SC0100</t>
+  </si>
+  <si>
+    <t>Travel - Gas, Parking, &amp; Tolls (SC0059)</t>
+  </si>
+  <si>
+    <t>SC0059</t>
+  </si>
+  <si>
+    <t>Travel - In-State - Hotel (SC0049)</t>
+  </si>
+  <si>
+    <t>SC0049</t>
+  </si>
+  <si>
+    <t>Travel - International - Hotel (SC0062)</t>
+  </si>
+  <si>
+    <t>SC0062</t>
+  </si>
+  <si>
+    <t>Travel - International - Non Employee - Hotel (SC0517)</t>
+  </si>
+  <si>
+    <t>SC0517</t>
+  </si>
+  <si>
+    <t>Travel - International - Non Employee - Meals (SC0521)</t>
+  </si>
+  <si>
+    <t>SC0521</t>
+  </si>
+  <si>
+    <t>Travel - International - Non Employee - Mileage (SC0520)</t>
+  </si>
+  <si>
+    <t>SC0520</t>
+  </si>
+  <si>
+    <t>Travel - International - Non Employee - Other (SC0519)</t>
+  </si>
+  <si>
+    <t>SC0519</t>
+  </si>
+  <si>
+    <t>Travel - International - Non Employee - Participant Travel Expenses (SC0515)</t>
+  </si>
+  <si>
+    <t>SC0515</t>
+  </si>
+  <si>
+    <t>This spend category is used for reimbursements to Research Participants for international travel (mileage, transportation, meals and parking). This is exclusive of Participant Support Costs. Please use the Participant Support related spend cateogries for such costs.</t>
+  </si>
+  <si>
+    <t>Travel - International - Non Employee - Rental Car (SC0518)</t>
+  </si>
+  <si>
+    <t>SC0518</t>
+  </si>
+  <si>
+    <t>Travel - International - Rental Car (SC0063)</t>
+  </si>
+  <si>
+    <t>SC0063</t>
+  </si>
+  <si>
+    <t>Travel - International - Seminar and Registration Fees (SC0473)</t>
+  </si>
+  <si>
+    <t>SC0473</t>
+  </si>
+  <si>
+    <t>Travel - International - Student Travel - Air (SC0509)</t>
+  </si>
+  <si>
+    <t>SC0509</t>
+  </si>
+  <si>
+    <t>Travel - International - Student Travel - Hotel (SC0510)</t>
+  </si>
+  <si>
+    <t>SC0510</t>
+  </si>
+  <si>
+    <t>Travel - International - Student Travel - Misc. Expense (SC0512)</t>
+  </si>
+  <si>
+    <t>SC0512</t>
+  </si>
+  <si>
+    <t>Travel - International - Student Travel - Rental Car (SC0511)</t>
+  </si>
+  <si>
+    <t>SC0511</t>
+  </si>
+  <si>
+    <t>Travel - Non-per diem food &amp; incidental (SC0060)</t>
+  </si>
+  <si>
+    <t>SC0060</t>
+  </si>
+  <si>
+    <t>Travel - Student Recruitment Expenses - Meals (SC0105)</t>
+  </si>
+  <si>
+    <t>SC0105</t>
+  </si>
+  <si>
+    <t>Travel - Student Recruitment Expenses - Travel (SC0103)</t>
+  </si>
+  <si>
+    <t>SC0103</t>
+  </si>
+  <si>
+    <t>Travel - Team Expenses - Air (SC0080)</t>
+  </si>
+  <si>
+    <t>SC0080</t>
+  </si>
+  <si>
+    <t>Travel - Team Expenses - Hotel (SC0082)</t>
+  </si>
+  <si>
+    <t>SC0082</t>
+  </si>
+  <si>
+    <t>Travel - Team Expenses - Meals (SC0083)</t>
+  </si>
+  <si>
+    <t>SC0083</t>
+  </si>
+  <si>
+    <t>Travel - Team Expenses - Other (SC0085)</t>
+  </si>
+  <si>
+    <t>SC0085</t>
+  </si>
+  <si>
+    <t>Travel - Team Expenses - Rental Auto (SC0081)</t>
+  </si>
+  <si>
+    <t>SC0081</t>
+  </si>
+  <si>
+    <t>Utilities - Allocation Holding - Electricity  (SC0036)</t>
+  </si>
+  <si>
+    <t>SC0036</t>
+  </si>
+  <si>
+    <t>Utilities - Allocation Holding - Natural Gas  (SC0040)</t>
+  </si>
+  <si>
+    <t>SC0040</t>
+  </si>
+  <si>
+    <t>Utilities - Allocation Holding - Steam/Chilled Water  (SC0043)</t>
+  </si>
+  <si>
+    <t>SC0043</t>
+  </si>
+  <si>
+    <t>Utilities - Allocation Holding - Water  (SC0038)</t>
+  </si>
+  <si>
+    <t>SC0038</t>
+  </si>
+  <si>
+    <t>Utilities - Cable (SC0046)</t>
+  </si>
+  <si>
+    <t>SC0046</t>
+  </si>
+  <si>
+    <t>This spend category should be used for cable utilities expense.</t>
+  </si>
+  <si>
+    <t>Utilities - Electricity (SC0035)</t>
+  </si>
+  <si>
+    <t>SC0035</t>
+  </si>
+  <si>
+    <t>This spend category should be used for electricity utilities expense.</t>
+  </si>
+  <si>
+    <t>Utilities - Fuel Oil (SC0045)</t>
+  </si>
+  <si>
+    <t>SC0045</t>
+  </si>
+  <si>
+    <t>This spend category should be used for fuel oil utilities expense.</t>
+  </si>
+  <si>
+    <t>Utilities - Natural Gas (SC0039)</t>
+  </si>
+  <si>
+    <t>SC0039</t>
+  </si>
+  <si>
+    <t>This spend category should be used for natural gas utilities expense.</t>
+  </si>
+  <si>
+    <t>Utilities - Other  (SC0396)</t>
+  </si>
+  <si>
+    <t>SC0396</t>
+  </si>
+  <si>
+    <t>Utilities - Phone (SC0044)</t>
+  </si>
+  <si>
+    <t>SC0044</t>
+  </si>
+  <si>
+    <t>This spend category should be used for phone utilities expense.</t>
+  </si>
+  <si>
+    <t>Utilities - Sewer (SC0041)</t>
+  </si>
+  <si>
+    <t>SC0041</t>
+  </si>
+  <si>
+    <t>This spend category should be used for sewer utilities expense.</t>
+  </si>
+  <si>
+    <t>Utilities - Steam/Chilled Water (SC0042)</t>
+  </si>
+  <si>
+    <t>SC0042</t>
+  </si>
+  <si>
+    <t>This spend category should be used for steam/chilled water utilities expense.</t>
+  </si>
+  <si>
+    <t>Utilities - Water (SC0037)</t>
+  </si>
+  <si>
+    <t>SC0037</t>
+  </si>
+  <si>
+    <t>This spend category should be used for water utilities expense.</t>
+  </si>
+  <si>
+    <t>Spend Category</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
+      <sz val="10"/>
       <color indexed="8"/>
-      <name val="Aptos Narrow"/>
-[...6 lines deleted...]
-      <color indexed="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color indexed="0"/>
-      <name val="arial"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -2862,5642 +3539,5278 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{09216168-EDC6-486C-9B62-CBF731DEF5AC}">
-  <dimension ref="A1:F277"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:D391"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A47" workbookViewId="0">
-      <selection activeCell="C47" sqref="C47"/>
+    <sheetView tabSelected="1" topLeftCell="A60" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="89.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="19.5703125" style="1" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="10.28515625" style="1"/>
+    <col min="1" max="1" width="49.5703125" customWidth="1"/>
+    <col min="2" max="2" width="25.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="36.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
-        <v>4</v>
+        <v>1038</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="3" t="s">
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="B2" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="1"/>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="1"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1"/>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="1"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="1"/>
+    </row>
+    <row r="7" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="1" t="s">
-[...53 lines deleted...]
-      <c r="D5" s="1" t="s">
+    </row>
+    <row r="8" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A14" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="B14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="F5" s="1" t="s">
-[...107 lines deleted...]
-      <c r="B11" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A20" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C11" s="1" t="s">
+    </row>
+    <row r="22" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A22" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="B22" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="D22" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F11" s="1" t="s">
-[...223 lines deleted...]
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="23" spans="1:4" ht="51" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A24" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A25" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A26" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A27" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B27" s="1"/>
+      <c r="C27" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" s="1"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A28" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D28" s="1"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="1"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A31" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="1"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" s="1"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A34" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="1"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A35" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" s="1"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A36" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" s="1"/>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A37" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D37" s="1"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A38" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38" s="1"/>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A39" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" s="1"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A40" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" s="1"/>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A41" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D41" s="1"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A42" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D42" s="1"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A43" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D43" s="1"/>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A44" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" s="1"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A45" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" s="1"/>
+    </row>
+    <row r="46" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A47" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A48" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A49" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A50" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D50" s="1"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A51" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D51" s="1"/>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A52" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D52" s="1"/>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A53" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="B53" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="E23" s="1" t="s">
+      <c r="D53" s="1"/>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A54" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="F23" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B24" s="1" t="s">
+      <c r="B54" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D54" s="1"/>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A55" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="B55" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="D55" s="1"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A56" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="F24" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B25" s="1" t="s">
+      <c r="B56" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D56" s="1"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A57" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="B57" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="E25" s="1" t="s">
+      <c r="D57" s="1"/>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A58" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="F25" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B26" s="1" t="s">
+      <c r="B58" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D58" s="1"/>
+    </row>
+    <row r="59" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A59" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="B59" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="E26" s="1" t="s">
+      <c r="D59" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B27" s="1" t="s">
+    </row>
+    <row r="60" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A60" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="B60" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="D60" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="E27" s="1" t="s">
+    </row>
+    <row r="61" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A61" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="F27" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B28" s="1" t="s">
+      <c r="B61" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D61" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...13 lines deleted...]
-      <c r="B29" s="1" t="s">
+    </row>
+    <row r="62" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A62" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="B62" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="D62" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="E29" s="1" t="s">
+    </row>
+    <row r="63" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A63" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="F29" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B30" s="1" t="s">
+      <c r="B63" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D63" s="1"/>
+    </row>
+    <row r="64" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A64" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="B64" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="E30" s="1" t="s">
+      <c r="D64" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="F30" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B31" s="1" t="s">
+    </row>
+    <row r="65" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A65" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="B65" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="D65" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="E31" s="1" t="s">
+    </row>
+    <row r="66" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A66" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="F31" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B32" s="1" t="s">
+      <c r="B66" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D66" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D32" s="1" t="s">
+    </row>
+    <row r="67" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A67" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="B67" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="F32" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B33" s="1" t="s">
+      <c r="D67" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C33" s="1" t="s">
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A68" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="B68" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="E33" s="1" t="s">
+      <c r="D68" s="1"/>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A69" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="F33" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B34" s="1" t="s">
+      <c r="B69" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D69" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D34" s="1" t="s">
+    </row>
+    <row r="70" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="E34" s="1" t="s">
+      <c r="B70" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="F34" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B35" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D70" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...13 lines deleted...]
-      <c r="B36" s="1" t="s">
+    </row>
+    <row r="71" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A71" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="B71" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="D71" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="E36" s="1" t="s">
+    </row>
+    <row r="72" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A72" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F36" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B37" s="1" t="s">
+      <c r="B72" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D72" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...10 lines deleted...]
-      <c r="A38" s="1" t="s">
+    </row>
+    <row r="73" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A73" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A74" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A75" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A76" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A77" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A78" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A79" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A80" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A81" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A82" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A83" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A84" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D84" s="1"/>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A85" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A86" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A87" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D87" s="1"/>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A88" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D88" s="1"/>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A89" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D89" s="1"/>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A90" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D90" s="1"/>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A91" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D91" s="1"/>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A92" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D92" s="1"/>
+    </row>
+    <row r="93" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A93" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A94" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D94" s="1"/>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A95" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A96" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A97" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A98" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A99" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A100" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D100" s="1"/>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A101" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D101" s="1"/>
+    </row>
+    <row r="102" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A102" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A103" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A104" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A105" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D105" s="1"/>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A106" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="D106" s="1"/>
+    </row>
+    <row r="107" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A107" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D107" s="1"/>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A108" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A109" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A110" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A111" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A112" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A113" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A114" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A115" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A116" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A117" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D117" s="1"/>
+    </row>
+    <row r="118" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A118" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A119" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A120" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A121" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A122" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A123" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A124" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A125" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A126" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A127" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A128" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D128" s="1"/>
+    </row>
+    <row r="129" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A129" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D129" s="1"/>
+    </row>
+    <row r="130" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A130" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D130" s="1"/>
+    </row>
+    <row r="131" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A131" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D131" s="1"/>
+    </row>
+    <row r="132" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A132" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D132" s="1"/>
+    </row>
+    <row r="133" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A133" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D133" s="1"/>
+    </row>
+    <row r="134" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A134" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D134" s="1"/>
+    </row>
+    <row r="135" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A135" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D135" s="1"/>
+    </row>
+    <row r="136" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A136" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A137" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D137" s="1"/>
+    </row>
+    <row r="138" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A138" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A139" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A140" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A141" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A142" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A143" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A144" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A145" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A146" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A147" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A148" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A149" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A150" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A151" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A152" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A153" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A154" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A155" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A156" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A157" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A158" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A159" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A160" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="B160" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C160" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="D160" s="1"/>
+    </row>
+    <row r="161" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A161" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="E38" s="1" t="s">
+      <c r="B161" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="F38" s="1" t="s">
-[...7 lines deleted...]
-      <c r="B39" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A162" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A163" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A164" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A165" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A166" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A167" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A168" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A169" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A170" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A171" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A172" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A173" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A174" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A175" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A176" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A177" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A178" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A179" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A180" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A181" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A182" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C182" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D182" s="1"/>
+    </row>
+    <row r="183" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A183" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="B183" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C183" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="E39" s="1" t="s">
+      <c r="D183" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="F39" s="1" t="s">
-[...47 lines deleted...]
-      <c r="B42" s="1" t="s">
+    </row>
+    <row r="184" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A184" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="B184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C184" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="D184" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="E42" s="1" t="s">
+    </row>
+    <row r="185" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A185" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="F42" s="1" t="s">
-[...130 lines deleted...]
-      <c r="C49" s="1" t="s">
+      <c r="B185" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A186" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D186" s="1"/>
+    </row>
+    <row r="187" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A187" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A188" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A189" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A190" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A191" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A192" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B192" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...573 lines deleted...]
-      <c r="B78" s="1" t="s">
+      <c r="C192" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A193" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A194" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A195" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A196" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D196" s="1"/>
+    </row>
+    <row r="197" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A197" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D197" s="1"/>
+    </row>
+    <row r="198" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A198" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D198" s="1"/>
+    </row>
+    <row r="199" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A199" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D199" s="1"/>
+    </row>
+    <row r="200" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A200" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A201" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A202" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A203" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A204" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A205" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A206" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A207" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A208" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A209" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A210" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A211" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A212" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D212" s="1"/>
+    </row>
+    <row r="213" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A213" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D213" s="1"/>
+    </row>
+    <row r="214" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A214" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D214" s="1"/>
+    </row>
+    <row r="215" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A215" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A216" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A217" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A218" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A219" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A220" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A221" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A222" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A223" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D223" s="1"/>
+    </row>
+    <row r="224" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A224" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A225" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A226" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A227" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A228" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A229" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A230" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="B230" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C230" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...153 lines deleted...]
-      <c r="B86" s="1" t="s">
+      <c r="D230" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="C86" s="1" t="s">
+    </row>
+    <row r="231" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A231" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...213 lines deleted...]
-      <c r="B97" s="1" t="s">
+      <c r="B231" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C231" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="D231" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...53 lines deleted...]
-      <c r="B100" s="1" t="s">
+    </row>
+    <row r="232" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A232" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="B232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C232" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...153 lines deleted...]
-      <c r="B108" s="1" t="s">
+      <c r="D232" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="C108" s="1" t="s">
+    </row>
+    <row r="233" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A233" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...33 lines deleted...]
-      <c r="B110" s="1" t="s">
+      <c r="B233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C233" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="D233" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...333 lines deleted...]
-      <c r="B127" s="1" t="s">
+    </row>
+    <row r="234" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A234" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B234" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...2039 lines deleted...]
-      <c r="C229" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...16 lines deleted...]
-      <c r="C230" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A235" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A236" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B236" s="1" t="s">
         <v>92</v>
-      </c>
-[...115 lines deleted...]
-        <v>642</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-    <row r="237" spans="1:6" x14ac:dyDescent="0.25">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="51" x14ac:dyDescent="0.2">
       <c r="A237" s="1" t="s">
-        <v>5</v>
+        <v>645</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>644</v>
+        <v>92</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>646</v>
-[...1 lines deleted...]
-      <c r="E237" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="F237" s="1" t="s">
-[...3 lines deleted...]
-    <row r="238" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="238" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A238" s="1" t="s">
-        <v>5</v>
+        <v>648</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>648</v>
+        <v>92</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>646</v>
-[...8 lines deleted...]
-    <row r="239" spans="1:6" x14ac:dyDescent="0.25">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A239" s="1" t="s">
-        <v>276</v>
+        <v>651</v>
       </c>
       <c r="B239" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A240" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D240" s="1"/>
+    </row>
+    <row r="241" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A241" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A242" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A243" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A244" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A245" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A246" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A247" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A248" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A249" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A250" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A251" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A252" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A253" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A254" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A255" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A256" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A257" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A258" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A259" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D259" s="1"/>
+    </row>
+    <row r="260" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A260" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A261" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="D261" s="1"/>
+    </row>
+    <row r="262" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A262" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="D262" s="1"/>
+    </row>
+    <row r="263" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A263" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="D263" s="1"/>
+    </row>
+    <row r="264" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A264" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="D264" s="1"/>
+    </row>
+    <row r="265" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A265" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="D265" s="1"/>
+    </row>
+    <row r="266" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A266" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A267" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A268" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A269" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A270" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A271" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A272" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A273" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A274" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A275" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A276" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A277" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A278" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A279" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A280" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A281" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A282" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A283" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A284" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D284" s="1"/>
+    </row>
+    <row r="285" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A285" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A286" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A287" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A288" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="D288" s="1"/>
+    </row>
+    <row r="289" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A289" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C289" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="D289" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...33 lines deleted...]
-      <c r="B241" s="1" t="s">
+    </row>
+    <row r="290" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A290" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="C241" s="1" t="s">
+      <c r="B290" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C290" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...273 lines deleted...]
-      <c r="B255" s="1" t="s">
+      <c r="D290" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="C255" s="1" t="s">
+    </row>
+    <row r="291" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A291" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...13 lines deleted...]
-      <c r="B256" s="1" t="s">
+      <c r="B291" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C291" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="D291" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...353 lines deleted...]
-      <c r="B274" s="1" t="s">
+    </row>
+    <row r="292" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A292" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="B292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C292" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="D274" s="1" t="s">
+      <c r="D292" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="E274" s="1" t="s">
+    </row>
+    <row r="293" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A293" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="F274" s="1" t="s">
-[...60 lines deleted...]
-        <v>64</v>
+      <c r="B293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A294" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="D294" s="1"/>
+    </row>
+    <row r="295" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A295" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D295" s="1"/>
+    </row>
+    <row r="296" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A296" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A297" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A298" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A299" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A300" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D300" s="1"/>
+    </row>
+    <row r="301" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A301" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A302" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="D302" s="1"/>
+    </row>
+    <row r="303" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A303" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A304" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A305" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C305" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A306" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="D306" s="1"/>
+    </row>
+    <row r="307" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A307" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="D307" s="1"/>
+    </row>
+    <row r="308" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A308" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C308" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A309" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A310" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A311" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="D311" s="1"/>
+    </row>
+    <row r="312" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A312" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A313" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A314" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A315" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A316" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A317" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A318" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C318" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A319" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A320" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A321" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A322" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="D322" s="1"/>
+    </row>
+    <row r="323" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A323" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A324" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D324" s="1"/>
+    </row>
+    <row r="325" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A325" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A326" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D326" s="1"/>
+    </row>
+    <row r="327" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A327" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="D327" s="1"/>
+    </row>
+    <row r="328" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A328" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A329" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A330" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D330" s="1"/>
+    </row>
+    <row r="331" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A331" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D331" s="1"/>
+    </row>
+    <row r="332" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A332" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D332" s="1"/>
+    </row>
+    <row r="333" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A333" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="D333" s="1"/>
+    </row>
+    <row r="334" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A334" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D334" s="1"/>
+    </row>
+    <row r="335" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A335" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D335" s="1"/>
+    </row>
+    <row r="336" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A336" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D336" s="1"/>
+    </row>
+    <row r="337" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A337" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="D337" s="1"/>
+    </row>
+    <row r="338" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A338" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D338" s="1"/>
+    </row>
+    <row r="339" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A339" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D339" s="1"/>
+    </row>
+    <row r="340" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A340" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="D340" s="1"/>
+    </row>
+    <row r="341" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A341" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D341" s="1"/>
+    </row>
+    <row r="342" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A342" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D342" s="1"/>
+    </row>
+    <row r="343" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A343" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="D343" s="1"/>
+    </row>
+    <row r="344" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A344" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D344" s="1"/>
+    </row>
+    <row r="345" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A345" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D345" s="1"/>
+    </row>
+    <row r="346" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A346" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A347" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D347" s="1"/>
+    </row>
+    <row r="348" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A348" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D348" s="1"/>
+    </row>
+    <row r="349" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A349" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D349" s="1"/>
+    </row>
+    <row r="350" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A350" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D350" s="1"/>
+    </row>
+    <row r="351" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A351" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D351" s="1"/>
+    </row>
+    <row r="352" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A352" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D352" s="1"/>
+    </row>
+    <row r="353" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A353" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="D353" s="1"/>
+    </row>
+    <row r="354" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A354" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D354" s="1"/>
+    </row>
+    <row r="355" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A355" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D355" s="1"/>
+    </row>
+    <row r="356" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A356" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D356" s="1"/>
+    </row>
+    <row r="357" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A357" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D357" s="1"/>
+    </row>
+    <row r="358" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A358" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D358" s="1"/>
+    </row>
+    <row r="359" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A359" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D359" s="1"/>
+    </row>
+    <row r="360" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A360" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D360" s="1"/>
+    </row>
+    <row r="361" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A361" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="D361" s="1"/>
+    </row>
+    <row r="362" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A362" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D362" s="1"/>
+    </row>
+    <row r="363" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A363" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A364" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D364" s="1"/>
+    </row>
+    <row r="365" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A365" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D365" s="1"/>
+    </row>
+    <row r="366" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A366" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D366" s="1"/>
+    </row>
+    <row r="367" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A367" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D367" s="1"/>
+    </row>
+    <row r="368" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A368" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D368" s="1"/>
+    </row>
+    <row r="369" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A369" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D369" s="1"/>
+    </row>
+    <row r="370" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A370" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D370" s="1"/>
+    </row>
+    <row r="371" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A371" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D371" s="1"/>
+    </row>
+    <row r="372" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A372" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D372" s="1"/>
+    </row>
+    <row r="373" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A373" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D373" s="1"/>
+    </row>
+    <row r="374" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A374" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D374" s="1"/>
+    </row>
+    <row r="375" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A375" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D375" s="1"/>
+    </row>
+    <row r="376" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A376" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D376" s="1"/>
+    </row>
+    <row r="377" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A377" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D377" s="1"/>
+    </row>
+    <row r="378" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A378" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D378" s="1"/>
+    </row>
+    <row r="379" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A379" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D379" s="1"/>
+    </row>
+    <row r="380" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A380" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D380" s="1"/>
+    </row>
+    <row r="381" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A381" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D381" s="1"/>
+    </row>
+    <row r="382" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A382" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D382" s="1"/>
+    </row>
+    <row r="383" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A383" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A384" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A385" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A386" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A387" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D387" s="1"/>
+    </row>
+    <row r="388" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A388" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A389" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A390" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A391" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1037</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:F277" xr:uid="{F6B9A3DE-C9EF-4FC8-ABFD-4DA8ED4D4573}"/>
-[...5 lines deleted...]
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>'Eff 2025.1.22'!Print_Titles</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Horn, Amber</dc:creator>
+  <dc:creator>Workday</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Common Request ID">
+    <vt:lpwstr>F5S|EB5F98B8|68FA3672</vt:lpwstr>
+  </property>
+</Properties>
+</file>