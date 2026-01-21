--- v0 (2025-12-23)
+++ v1 (2026-01-21)
@@ -1,1225 +1,1103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11207"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/annenoe/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\awnoe001\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DC5A99BB-7290-6548-BC4E-D3F0F2274634}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E980D4A-8DDC-42CC-AB8E-195303A92D19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4460" yWindow="500" windowWidth="24040" windowHeight="13220" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="6735" yWindow="2685" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SRSP Submissions" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" forceFullCalc="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="495" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="307">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
-    <t>Degree</t>
-[...4 lines deleted...]
-  <si>
     <t>Department</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
+    <t>Ceresa</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Pharmacology</t>
+  </si>
+  <si>
+    <t>Assessing the in vivo role of c-Cbl and Cbl-b on corneal re-epithelialization</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/~jmKWeR_.AxY8oL3</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>Environmental Medicine</t>
+  </si>
+  <si>
+    <t>Green Heart: Health, Environment, and Action in Louisville</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/.~j8qLx2em72OzGD</t>
+  </si>
+  <si>
+    <t>Conklin</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>Cardiovascular Effects of Electronic Cigarettes</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/P.9EbzxYeZJXydem</t>
+  </si>
+  <si>
+    <t>Cardiovascular Effects of Monoterpenes</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/5VD8qZ7wVdN~zwjb</t>
+  </si>
+  <si>
+    <t>Role of TRPA1 in Cardiovascular Responses to Air Pollution</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/YLQzm~NdnbN5bX_-</t>
+  </si>
+  <si>
+    <t>SONG</t>
+  </si>
+  <si>
+    <t>MING</t>
+  </si>
+  <si>
+    <t>Dietary fructose regulates intestinal stem cell fate</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/zyr14bxBLjxVd0jM</t>
+  </si>
+  <si>
+    <t>Zheng</t>
+  </si>
+  <si>
+    <t>Jian</t>
+  </si>
+  <si>
+    <t>Microbiology and Immunology</t>
+  </si>
+  <si>
+    <t>DP1 receptor signaling in aging-associated immune dysfunction in lung metastases</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/kGPXp~7Vv~N9KjMY</t>
+  </si>
+  <si>
+    <t>Kavalukas</t>
+  </si>
+  <si>
+    <t>Sandra</t>
+  </si>
+  <si>
+    <t>Surgery</t>
+  </si>
+  <si>
+    <t>Louisville Environmental Assessment Pilot Project in Colorectal Cancer</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/lkL._gJ3g8RPY4ZK</t>
+  </si>
+  <si>
+    <t>Borghuis</t>
+  </si>
+  <si>
+    <t>Bart</t>
+  </si>
+  <si>
+    <t>ASNB</t>
+  </si>
+  <si>
+    <t>Imaging visual acuity at the level of the retinal output</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/QVD9EWRl4kNqX3r8</t>
+  </si>
+  <si>
+    <t>Yaddanapudi</t>
+  </si>
+  <si>
+    <t>Kavitha</t>
+  </si>
+  <si>
+    <t>Targeting CCL2 as a Potential Therapeutic Strategy for Pediatric Brain Cancer</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/qgAQZzNQ3wNVen2j</t>
+  </si>
+  <si>
+    <t>Identifying and targeting a novel mechanism of chemotherapy-induced immunotherapeutic resistance in non-small cell lung cancer</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/3nOjbwRy5j7LD6e~</t>
+  </si>
+  <si>
+    <t>Cai</t>
+  </si>
+  <si>
+    <t>Lu</t>
+  </si>
+  <si>
+    <t>Pediatrics</t>
+  </si>
+  <si>
+    <t>Mechanisms underlying divergent effects of low and high Cd exposures on HFD-induced renal damage in mice</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/AkY4gdNr2vROB8jX</t>
+  </si>
+  <si>
+    <t>Liu</t>
+  </si>
+  <si>
+    <t>Yongqing Liu</t>
+  </si>
+  <si>
+    <t>ZEB1 regulation of corneal neovascularization</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/Gnwg_37.qONb1Zv~</t>
+  </si>
+  <si>
+    <t>Banerjee</t>
+  </si>
+  <si>
+    <t>Mayukh</t>
+  </si>
+  <si>
+    <t>Pharmacology and Toxicology</t>
+  </si>
+  <si>
+    <t>Role of mitochondrial stress in arsenic-induced skin carcinogenesis</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/pn5QBDJK2qJ9K8qr</t>
+  </si>
+  <si>
+    <t>King</t>
+  </si>
+  <si>
+    <t>Suzanne</t>
+  </si>
+  <si>
+    <t>Otolaryngology-HNS and Communicative Dis</t>
+  </si>
+  <si>
+    <t>Effects of Chemoradiation Treatment on Muscle and Nerve Function</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/XvY9jBR~9wxwDdEM</t>
+  </si>
+  <si>
+    <t>Otolaryngology-HNS and Com Dis</t>
+  </si>
+  <si>
+    <t>Characterizing the fibrotic phenotype of subglottic stenosis.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/D.kG9L7kEENvyY2Z</t>
+  </si>
+  <si>
+    <t>States</t>
+  </si>
+  <si>
+    <t>J. Christopher</t>
+  </si>
+  <si>
+    <t>Pharmacology &amp; Toxicology</t>
+  </si>
+  <si>
+    <t>Role of miRNA Overexpression  in Arsenic Induced Skin Cancer</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/8zXW.ZxnM-JkL~QB</t>
+  </si>
+  <si>
+    <t>Analysis of EGFR post-translational modifications in corneal epithelial cells</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/Q1G-_O7XjdRMZmDl</t>
+  </si>
+  <si>
+    <t>Mistry</t>
+  </si>
+  <si>
+    <t>Akshitkumar</t>
+  </si>
+  <si>
+    <t>Neurosurgery</t>
+  </si>
+  <si>
+    <t>Single cell RNA sequencing analysis of brain tumors</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/d4-gl~JDE-NKvw3W</t>
+  </si>
+  <si>
+    <t>Zamora</t>
+  </si>
+  <si>
+    <t>Rodolfo</t>
+  </si>
+  <si>
+    <t>Department of Orthopedic Surgery</t>
+  </si>
+  <si>
+    <t>The Trajectory of Hemoglobin Levels and Predictors of Need for Blood Transfusion After Isolated Femoral Shaft, Intertrochanteric, and Subtrochanteric Fracture</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/eq.XP-NZ-4Ngy~Dv</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Surgery, Division of Surgical Oncology</t>
+  </si>
+  <si>
+    <t>Evaluation of Surgical Management in GI and HPB Surgeries</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/1-eK3VR-ZgR0nQ.B</t>
+  </si>
+  <si>
+    <t>Buonpane</t>
+  </si>
+  <si>
+    <t>Christie</t>
+  </si>
+  <si>
+    <t>Department Of Surgery</t>
+  </si>
+  <si>
+    <t>Novel synthetic analogue of microbial metabolite, Urolithin A, as a potential preventative and therapeutic strategy for necrotizing enterocolitis</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/kPO09nRO-MxXrYmK</t>
+  </si>
+  <si>
+    <t>Carter</t>
+  </si>
+  <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Exhaled Breath Condensate as a Non-invasive Monitoring Technique in  Pediatric Severe Pulmonary Inflammatory States</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/D0OWrzRb-L7p-Qgl</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/QLlmg2NL-.J3p-BK</t>
+  </si>
+  <si>
+    <t>Psychiatry and Behavioral Sciences</t>
+  </si>
+  <si>
+    <t>Endogenous Ouabain in Bipolar Disorder</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/_DrpP1J6ZvNo2mBk</t>
+  </si>
+  <si>
+    <t>Cave</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Environmental Liver Disease</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/9_vlEqNEZORPYV~G</t>
+  </si>
+  <si>
+    <t>Watson</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Hepatic neurotransmitter receptor activity in alcohol-associated liver disease</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/PKVk-ZJ4ZmxE.OL4</t>
+  </si>
+  <si>
+    <t>Guo</t>
+  </si>
+  <si>
+    <t>Haixun</t>
+  </si>
+  <si>
+    <t>Radiology</t>
+  </si>
+  <si>
+    <t>PET imaging of Tumor Microenvironment</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/lM._XGx1Z37-5~oW</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/PVk3-LRM-jJvn0K_</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/45Dve9NAZYNY0QZ6</t>
+  </si>
+  <si>
+    <t>Lundy</t>
+  </si>
+  <si>
+    <t>Neural projections from the amygdala to visceral and gustatory regions of the medulla.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/OyXn8EJ0Z0RdB6jm</t>
+  </si>
+  <si>
+    <t>Magalis</t>
+  </si>
+  <si>
+    <t>Brittany</t>
+  </si>
+  <si>
+    <t>Biochemistry and Molecular Genetics</t>
+  </si>
+  <si>
+    <t>Machine learning of viral genetic and biophysical features predictive of HIV-associated neuropathology</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/~jmKWex_-AxY8oL3</t>
+  </si>
+  <si>
     <t>Abell</t>
   </si>
   <si>
+    <t>thomas</t>
+  </si>
+  <si>
+    <t>IM/GI</t>
+  </si>
+  <si>
+    <t>Autoimmune, Inflammatory, Metabolic Hormonal, Autonomic, and Enteric Measurements in Patients with the Symptoms of Gastroparesis (AIMAE)</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/.~j8qL72Zm72OzGD</t>
+  </si>
+  <si>
+    <t>Martha</t>
+  </si>
+  <si>
+    <t>Anatomical Sciences and Neurobiology</t>
+  </si>
+  <si>
+    <t>Behavioral analysis of visual pathways in mice</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/P.9Ebz7YbZxXydem</t>
+  </si>
+  <si>
+    <t>Matoba</t>
+  </si>
+  <si>
+    <t>Nobuyuki</t>
+  </si>
+  <si>
+    <t>Investigation of a novel biologic candidate for mucosal healing in ulcerative colitis</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/5VD8qZJw4dx~zwjb</t>
+  </si>
+  <si>
+    <t>Mokshagundam</t>
+  </si>
+  <si>
+    <t>Sri Prakash</t>
+  </si>
+  <si>
+    <t>Medicine-Endocrinology</t>
+  </si>
+  <si>
+    <t>Obesity, Diabetes, Endocrine Disorders and Periodontal Inflammation in adults with intellectual disability - potential contribution to cardiometabolic risk</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/YLQzm~Rd-bR5bX_-</t>
+  </si>
+  <si>
+    <t>Galandiuk</t>
+  </si>
+  <si>
+    <t>Susan</t>
+  </si>
+  <si>
+    <t>Effect of IFN gamma treatment on PDL1 expression and macrophage polarisation in a Colorectal Cancer Mouse Model.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/zyr14b7BbjNVd0jM</t>
+  </si>
+  <si>
+    <t>Genetic Mutations in Mismatch Repair Deficient Colorectal Cancer</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/kGPXp~JV-~79KjMY</t>
+  </si>
+  <si>
+    <t>Klinge</t>
+  </si>
+  <si>
+    <t>Carolyn</t>
+  </si>
+  <si>
+    <t>Epitranscriptome changes in endocrine resistant breast cancer</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/lkL._gN3Z8JPY4ZK</t>
+  </si>
+  <si>
+    <t>Egger</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Institutional experience with operative tumor tissue procurement for adoptive cell therapy</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/re289k75ZmNBnYEA</t>
+  </si>
+  <si>
+    <t>LeBlanc</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>CT Surgery</t>
+  </si>
+  <si>
+    <t>Endothelial mitochondrial dynamics as a critical regulator of cardiac metabolism and function</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/A2g-3Mxo-KRQX6YW</t>
+  </si>
+  <si>
+    <t>Holm</t>
+  </si>
+  <si>
+    <t>Rochelle</t>
+  </si>
+  <si>
+    <t>Christina Lee Brown Envirome Institute</t>
+  </si>
+  <si>
+    <t>Multi-pathogen sanitation system surveillance in low and middle-income countries: A systematic review</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/D~0l84Rm-Px9jPKO</t>
+  </si>
+  <si>
+    <t>Deng</t>
+  </si>
+  <si>
+    <t>Zhongbin</t>
+  </si>
+  <si>
+    <t>Elucidating the role of GD3 in MASH.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/X8Ze3pRq-e7B_A-L</t>
+  </si>
+  <si>
+    <t>Song</t>
+  </si>
+  <si>
+    <t>Zhao-Hui</t>
+  </si>
+  <si>
+    <t>pharmacology</t>
+  </si>
+  <si>
+    <t>Cannabinoid and PVR</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/pEQ4BDxvEo7nGPb2</t>
+  </si>
+  <si>
+    <t>Institutional experience with neoadjuvant therapy for advanced melanoma</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/q538Kwx9Z0N9evPD</t>
+  </si>
+  <si>
+    <t>Nagarajan</t>
+  </si>
+  <si>
+    <t>Naveen</t>
+  </si>
+  <si>
+    <t>Interrogating Microglia-Neuronal interaction in Repetitive, Anxiety and Social behaviors</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/e1LbAPxj-OR._rnG</t>
+  </si>
+  <si>
+    <t>Shin</t>
+  </si>
+  <si>
+    <t>Damian</t>
+  </si>
+  <si>
+    <t>Pathophysiology and therapeutics for spinocerebellar ataxias</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/5GqW6o7e-1xgLkBO</t>
+  </si>
+  <si>
+    <t>Malkani</t>
+  </si>
+  <si>
+    <t>Arthur</t>
+  </si>
+  <si>
+    <t>Orthopedic Surgery</t>
+  </si>
+  <si>
+    <t>15-Year Outcomes of Primary Total Knee Arthroplasty Using a Highly Cross-linked Polyethylene Liner</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/L6A9B5Rg-v7K4ZWo</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/QVD9EWxl-kJqX3r8</t>
+  </si>
+  <si>
+    <t>AlMakadma</t>
+  </si>
+  <si>
+    <t>Hammam</t>
+  </si>
+  <si>
+    <t>Otolaryngology &amp; Communicative Disorders</t>
+  </si>
+  <si>
+    <t>Use of Wideband Tympanometry in Pre-surgical Diagnosis of Otologic Disease.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/qgAQZzRQ-wNVen2j</t>
+  </si>
+  <si>
+    <t>Masters</t>
+  </si>
+  <si>
+    <t>Adrianna</t>
+  </si>
+  <si>
+    <t>Department of Radiation Oncology</t>
+  </si>
+  <si>
+    <t>Outcomes for brain metastases and access to care</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/3nOjbwxyMj7LD6e~</t>
+  </si>
+  <si>
+    <t>Gregg</t>
+  </si>
+  <si>
+    <t>Ron</t>
+  </si>
+  <si>
+    <t>Biochem &amp; Mol Genetics</t>
+  </si>
+  <si>
+    <t>Role of plasticity in retinal synapse formation</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/AkY4gdRr-vxOB8jX</t>
+  </si>
+  <si>
+    <t>Joh</t>
+  </si>
+  <si>
+    <t>Joongho</t>
+  </si>
+  <si>
+    <t>Brown Cancer Center, Medicine</t>
+  </si>
+  <si>
+    <t>The Anti-Tumor Role of TAMs in HPV-positive Tumor Microenvironment</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/rVDLyMRpb2xBQe-W</t>
+  </si>
+  <si>
+    <t>Mitchell</t>
+  </si>
+  <si>
     <t>Thomas</t>
   </si>
   <si>
-    <t>MD</t>
-[...149 lines deleted...]
-    <t>https://srsp.3i.io/submission/njpWgLN8LpN96dy5</t>
+    <t>Role of complement in adjuvanting vaccine responses</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/pn5QBDNK-qN9K8qr</t>
+  </si>
+  <si>
+    <t>Huang</t>
+  </si>
+  <si>
+    <t>Jiapeng</t>
+  </si>
+  <si>
+    <t>Anesthesiology and Perioperative Medicine</t>
+  </si>
+  <si>
+    <t>Using Breath Analysis to Diagnose Heart Failure</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/XvY9jBx~YwNwDdEM</t>
+  </si>
+  <si>
+    <t>Correlation between Noninvasive Blood Vessel Functionality Parameters and Cerebral Hemodynamics in Neurocritical Care Patients</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/D.kG9LJk-ExvyY2Z</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence Assisted Pre Anesthetic Evaluation Tool</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/8zXW.Z7n--7kL~QB</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/GqoO92RW-_JgVk3Q</t>
+  </si>
+  <si>
+    <t>Anesthesiology and Perioperative Medicinee</t>
+  </si>
+  <si>
+    <t>Study Effects of Pecto-Intercostal Facial Plane Block on Opioid Consumption and Pain Scores After Sternotomy for Open Cardiac Procedures: A Single Center Retrospective Study</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/njpWgLR8ZvN96dy5</t>
+  </si>
+  <si>
+    <t>Comparison of Subvastus Vs. Parapatellar Approach in Patients Undergoing Robotic Assisted Total Knee Arthoplasty</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/d4-gl~NDZ-xKvw3W</t>
+  </si>
+  <si>
+    <t>McMasters</t>
+  </si>
+  <si>
+    <t>Kelly</t>
+  </si>
+  <si>
+    <t>Delineate the role of platelet-activating factor (PAF) in lymphatic signaling of melanoma patients.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/v8ZpLVJGZ079G3yl</t>
+  </si>
+  <si>
+    <t>Hubscher</t>
+  </si>
+  <si>
+    <t>Charles</t>
+  </si>
+  <si>
+    <t>EMG Analysis of Micturition Response in Non-Anesthized Rats Following Spinal Cord Injury</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/o0-894RzZYJ5DMjZ</t>
+  </si>
+  <si>
+    <t>Wise</t>
+  </si>
+  <si>
+    <t>Johnny</t>
+  </si>
+  <si>
+    <t>Department of Pediatrics</t>
+  </si>
+  <si>
+    <t>Impacts of Hexavalent Chromium on Neuroinflammation Across Brain Regions</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/0K_2A8NP6AJpvoZW</t>
+  </si>
+  <si>
+    <t>Barnes</t>
+  </si>
+  <si>
+    <t>Gregory</t>
+  </si>
+  <si>
+    <t>The Role of Biofactors in Epileptogenesis and Treatment Responses in School Age Children with Autism and Epilepsy</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/1-eK3Vx-0gN0nQ.B</t>
+  </si>
+  <si>
+    <t>Bioengineering</t>
+  </si>
+  <si>
+    <t>Weingartner</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>Undergraduate Medical Education</t>
+  </si>
+  <si>
+    <t>MedEd Research – Trends in Medical Student Research</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/D0OWrzxbqLxp-Qgl</t>
+  </si>
+  <si>
+    <t>MedEd Research – AI in Medical Education</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/QLlmg2RLD.73p-BK</t>
+  </si>
+  <si>
+    <t>MedEd Research – Video Coding Clinical Skills Modeling</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/_DrpP1N65vJo2mBk</t>
+  </si>
+  <si>
+    <t>MedEd Research – Video Coding Physical Exam Skills</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/9_vlEqREKOxPYV~G</t>
+  </si>
+  <si>
+    <t>Yeager</t>
+  </si>
+  <si>
+    <t>Ray</t>
+  </si>
+  <si>
+    <t>Associations between environmental vegetation and CVD</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/PKVk-ZN4bmRE.OL4</t>
+  </si>
+  <si>
+    <t>Frieboes</t>
+  </si>
+  <si>
+    <t>Hermann</t>
+  </si>
+  <si>
+    <t>Multi-therapy for drug-resistant gonorrhea</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/lM._XG71w37-5~oW</t>
+  </si>
+  <si>
+    <t>Nix</t>
+  </si>
+  <si>
+    <t>Kahra</t>
+  </si>
+  <si>
+    <t>Emergency Medicine</t>
+  </si>
+  <si>
+    <t>Validation of the diagnostic accuracy of the curtain sign, spine sign, and quad sign in the point-of-care ultrasound evaluation of the lung for pleural effusion in pediatric patients.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/PVk3-LxMGjRvn0K_</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Determining the frequency of the lipliner sign in the RUQ and LUQ views of FAST and eFAST ultrasound studies over a 24 month period in a high-volume, urban trauma center.</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/45Dve9RAyYxY0QZ6</t>
+  </si>
+  <si>
+    <t>Merchant</t>
+  </si>
+  <si>
+    <t>Renal transporter spatial distributions as a function of age, sex and diabetes</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/OyXn8EN0Y0RdB6jm</t>
+  </si>
+  <si>
+    <t>Barati</t>
+  </si>
+  <si>
+    <t>Michelle</t>
+  </si>
+  <si>
+    <t>Effects of the food preservative sodium benzoate on renal structures</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/QLlmg2JLDyR3p-BK</t>
+  </si>
+  <si>
+    <t>Siskind</t>
+  </si>
+  <si>
+    <t>Leah</t>
+  </si>
+  <si>
+    <t>The Role of Proximal Tubule-Macrophage Cross-talk in Chemotherapy-Induced Acute Kidney Injury and Chronic Kidney Disease</t>
+  </si>
+  <si>
+    <t>https://srsp.3i.io/submission/_DrpP17654xo2mBk</t>
   </si>
   <si>
     <t>Huecker</t>
   </si>
   <si>
-    <t>Martin</t>
-[...1 lines deleted...]
-  <si>
     <t>EM</t>
   </si>
   <si>
     <t>Mobile Phone Auscultation in Pulmonary, ED and OB patients</t>
   </si>
   <si>
-    <t>https://srsp.3i.io/submission/Q1G-_O7X~rRMZmDl</t>
-[...218 lines deleted...]
-    <t>https://srsp.3i.io/submission/45Dve9NAQORY0QZ6</t>
+    <t>https://srsp.3i.io/submission/PKVk-Z74bpJE.OL4</t>
   </si>
   <si>
     <t>Howland</t>
   </si>
   <si>
     <t>Dena</t>
   </si>
   <si>
     <t>Anatomical Sciences and Neurobiology/ Neurosurgery</t>
   </si>
   <si>
     <t>Acute hindlimb kinematic features following thoracic spinal cord in Yucatan minipig</t>
   </si>
   <si>
-    <t>https://srsp.3i.io/submission/OyXn8EJ02rRdB6jm</t>
-[...602 lines deleted...]
-    <t>https://srsp.3i.io/submission/OyXn8E7090xdB6jm</t>
+    <t>https://srsp.3i.io/submission/lM._XGR1wzR-5~oW</t>
+  </si>
+  <si>
+    <t>El-Mallakh</t>
+  </si>
+  <si>
+    <t>Rif</t>
+  </si>
+  <si>
+    <t>Bickford</t>
+  </si>
+  <si>
+    <t>Role of miRNA Overexpression in Arsenic Induces Skin Cancer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-    </font>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="Calibri"/>
-      <family val="2"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom style="thick">
+      <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...9 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1464,2695 +1342,2014 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PKVk-ZN4lGRE.OL4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/d4-gl~ND.b7Kvw3W" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/GqoO92RWYb7gVk3Q" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/eq.XP-RZB-xgy~Dv" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/pEQ4BDxv4YRnGPb2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D~0l84Rm~979jPKO" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/njpWgLN8LpN96dy5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/o0-894Nz.0J5DMjZ" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/pn5QBDJKqKx9K8qr" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/45Dve9NAQORY0QZ6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/Q1G-_OJXwrNMZmDl" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/o0-894Rz00x5DMjZ" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/XvY9jBx~wONwDdEM" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/.~j8qL72wGx2OzGD" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/qgAQZzNQlbxVen2j" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/9_vlEqNEpQ7PYV~G" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PVk3-LxMwVJvn0K_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/P.9Ebz7Yd1JXydem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/L6A9B5RgbPRK4ZWo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/AkY4gdRrXBNOB8jX" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/8zXW.Zxno_7kL~QB" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/1-eK3Vx-A0x0nQ.B" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/Q1G-_O7X~rRMZmDl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/OyXn8EN09rJdB6jm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/3nOjbwRyrDJLD6e~" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/8zXW.Z7nk_NkL~QB" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/v8ZpLVJG~3J9G3yl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/0K_2A8NP4VxpvoZW" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/q538Kwx9mjJ9evPD" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/A2g-3MxonLRQX6YW" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PVk3-LNMwjxvn0K_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D.kG9L7kVkxvyY2Z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/pn5QBDNK8KR9K8qr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/XvY9jBR~kOxwDdEM" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QLlmg2RLX073p-BK" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PKVk-ZJ4BG7E.OL4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/e1LbAPxj.lx._rnG" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/OyXn8EJ02rRdB6jm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/~jmKWex_meRY8oL3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/_DrpP1J6Wmxo2mBk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D0OWrzRbMjNp-Qgl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PVk3-LRMLVNvn0K_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/X8Ze3pRq8AJB_A-L" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/Gnwg_3J.0pRb1Zv~" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/njpWgLR8opR96dy5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/eq.XP-NZn-Ngy~Dv" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/re289k75VARBnYEA" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QVD9EWxlKDJqX3r8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PKVk-Z74lmJE.OL4" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QVD9EWRl3DJqX3r8" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/AkY4gdNr9B7OB8jX" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/GqoO92NWKb7gVk3Q" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/kPO09nxOE6xXrYmK" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/_DrpP1N63mxo2mBk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/kPO09nROb6NXrYmK" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/_DrpP176yvNo2mBk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/Gnwg_37.yp7b1Zv~" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/zyr14b7By07Vd0jM" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/45Dve9RADOJY0QZ6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D.kG9LJkpkJvyY2Z" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/5GqW6o7eg8NgLkBO" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lM._XG71joN-5~oW" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/d4-gl~JDdbRKvw3W" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/kGPXp~JV2j79KjMY" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/v8ZpLV7G3379G3yl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/rVDLyMRpWXRBQe-W" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D0OWrzxb9jRp-Qgl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/3nOjbwxyADRLD6e~" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lkL._gN3bYxPY4ZK" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/1-eK3VR-Q0x0nQ.B" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QLlmg2JLY.x3p-BK" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/0K_2A8JPgVxpvoZW" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lM._XGR1j37-5~oW" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/9_vlEqJEbO7PYV~G" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/9_vlEqREbQNPYV~G" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lM._XGx1Yox-5~oW" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/5VD8qZJw16J~zwjb" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D~0l84Rm-Px9jPKO" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lM._XG71w37-5~oW" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/A2g-3Mxo-KRQX6YW" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/d4-gl~NDZ-xKvw3W" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/_DrpP17654xo2mBk" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D0OWrzxbqLxp-Qgl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/YLQzm~NdnbN5bX_-" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/9_vlEqNEZORPYV~G" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/AkY4gdRr-vxOB8jX" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/o0-894RzZYJ5DMjZ" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PVk3-LRM-jJvn0K_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D.kG9L7kEENvyY2Z" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/~jmKWex_-AxY8oL3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/5VD8qZJw4dx~zwjb" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/YLQzm~Rd-bR5bX_-" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/8zXW.ZxnM-JkL~QB" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/eq.XP-NZ-4Ngy~Dv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QLlmg2JLDyR3p-BK" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/_DrpP1J6ZvNo2mBk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/re289k75ZmNBnYEA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/P.9EbzxYeZJXydem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/zyr14b7BbjNVd0jM" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lM._XGR1wzR-5~oW" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/8zXW.Z7n--7kL~QB" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lkL._gJ3g8RPY4ZK" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/Gnwg_37.qONb1Zv~" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/1-eK3VR-ZgR0nQ.B" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/d4-gl~JDE-NKvw3W" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/zyr14bxBLjxVd0jM" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/_DrpP1N65vJo2mBk" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QLlmg2RLD.73p-BK" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/kPO09nRO-MxXrYmK" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/GqoO92RW-_JgVk3Q" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/qgAQZzNQ3wNVen2j" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/45Dve9RAyYxY0QZ6" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/~jmKWeR_.AxY8oL3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/X8Ze3pRq-e7B_A-L" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lM._XGx1Z37-5~oW" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PKVk-Z74bpJE.OL4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/45Dve9NAZYNY0QZ6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/L6A9B5Rg-v7K4ZWo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/e1LbAPxj-OR._rnG" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PKVk-ZJ4ZmxE.OL4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/q538Kwx9Z0N9evPD" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/lkL._gN3Z8JPY4ZK" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/v8ZpLVJGZ079G3yl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/5GqW6o7e-1xgLkBO" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/9_vlEqREKOxPYV~G" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PKVk-ZN4bmRE.OL4" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/.~j8qL72Zm72OzGD" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/1-eK3Vx-0gN0nQ.B" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/5VD8qZ7wVdN~zwjb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/kGPXp~JV-~79KjMY" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/XvY9jBx~YwNwDdEM" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/.~j8qLx2em72OzGD" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QLlmg2NL-.J3p-BK" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/pn5QBDNK-qN9K8qr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D0OWrzRb-L7p-Qgl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/njpWgLR8ZvN96dy5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/OyXn8EJ0Z0RdB6jm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/3nOjbwxyMj7LD6e~" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/PVk3-LxMGjRvn0K_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/pEQ4BDxvEo7nGPb2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/3nOjbwRy5j7LD6e~" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/8zXW.ZxnM-JkL~QB" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/pn5QBDJK2qJ9K8qr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/AkY4gdNr2vROB8jX" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/Q1G-_O7XjdRMZmDl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/P.9Ebz7YbZxXydem" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/XvY9jBR~9wxwDdEM" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/rVDLyMRpb2xBQe-W" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QVD9EWxl-kJqX3r8" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/OyXn8EN0Y0RdB6jm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/kGPXp~7Vv~N9KjMY" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/QVD9EWRl4kNqX3r8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/0K_2A8NP6AJpvoZW" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/qgAQZzRQ-wNVen2j" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://srsp.3i.io/submission/D.kG9LJk-ExvyY2Z" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:K87"/>
+  <dimension ref="A1:G81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A53" sqref="A53:XFD54"/>
+      <selection pane="bottomLeft" activeCell="I8" sqref="I8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="48" style="2" customWidth="1"/>
+    <col min="1" max="1" width="5.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.42578125" customWidth="1"/>
+    <col min="3" max="3" width="16" customWidth="1"/>
+    <col min="4" max="5" width="32.85546875" customWidth="1"/>
+    <col min="6" max="6" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="43.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="20" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:7" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="4" t="s">
+      <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="F1" s="4" t="s">
+      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="G1" s="3" t="s">
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="9">
+        <v>1855</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="D2" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="E2" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="F2" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G2" s="4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="9">
+        <v>1872</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="D3" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="F3" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="9">
+        <v>1898</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>279</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>280</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>281</v>
+      </c>
+      <c r="F4" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="9">
+        <v>1831</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="9">
+        <v>1900</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>286</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>287</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>288</v>
+      </c>
+      <c r="F6" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="9">
+        <v>1889</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>251</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>252</v>
+      </c>
+      <c r="F7" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="9">
+        <v>1856</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="F8" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="9">
+        <v>1825</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="9">
+        <v>1844</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="F10" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="9">
+        <v>1828</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="9">
+        <v>1845</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="F12" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="9">
+        <v>1848</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="F13" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="9">
+        <v>1837</v>
+      </c>
+      <c r="B14" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="H1" s="4" t="s">
+      <c r="C14" s="10" t="s">
         <v>8</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="8" t="s">
+      <c r="D14" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G14" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="9">
+        <v>1808</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="C2" s="8" t="s">
+      <c r="E15" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="8" t="s">
+      <c r="F15" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G15" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="8" t="s">
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="9">
+        <v>1810</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="9">
+        <v>1811</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="9">
+        <v>1812</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="9">
+        <v>1865</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="F19" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="9">
+        <v>1862</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="F20" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="9">
+        <v>1867</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="F21" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G21" s="4" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="9">
+        <v>1847</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>303</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>304</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="F22" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" s="9">
+        <v>1896</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>272</v>
+      </c>
+      <c r="F23" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G23" s="4" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="9">
+        <v>1859</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F24" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="9">
+        <v>1860</v>
+      </c>
+      <c r="B25" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="F25" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="9">
+        <v>1874</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="F26" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G26" s="4" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="9">
+        <v>1850</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="F27" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G27" s="4" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="9">
+        <v>1864</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="F28" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G28" s="4" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="9">
+        <v>1904</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="F29" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G29" s="4" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="9">
+        <v>1878</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="F30" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G30" s="4" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="9">
+        <v>1880</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="F31" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G31" s="4" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="9">
+        <v>1879</v>
+      </c>
+      <c r="B32" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>224</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>227</v>
+      </c>
+      <c r="F32" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G32" s="4" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="9">
+        <v>1882</v>
+      </c>
+      <c r="B33" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="F33" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="9">
+        <v>1886</v>
+      </c>
+      <c r="B34" s="10" t="s">
+        <v>241</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>243</v>
+      </c>
+      <c r="F34" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G34" s="4" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="9">
+        <v>1903</v>
+      </c>
+      <c r="B35" s="10" t="s">
+        <v>294</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>295</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>296</v>
+      </c>
+      <c r="F35" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G35" s="4" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="9">
+        <v>1876</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="F36" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G36" s="4" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="9">
+        <v>1815</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F37" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G37" s="4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="9">
+        <v>1809</v>
+      </c>
+      <c r="B38" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="F2" s="8" t="s">
+      <c r="C38" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="7">
-[...2 lines deleted...]
-      <c r="H2" s="6" t="s">
+      <c r="D38" s="10" t="s">
         <v>14</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" s="8" t="s">
+      <c r="E38" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G38" s="4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="9">
+        <v>1851</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G39" s="4" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="9">
+        <v>1852</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G40" s="4" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="9">
+        <v>1833</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F41" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G41" s="4" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="6">
+        <v>1832</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F42" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="9">
+        <v>1861</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="F43" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G43" s="4" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="9">
+        <v>1863</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="F44" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G44" s="4" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="9">
+        <v>1829</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F45" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G45" s="4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="6">
+        <v>1853</v>
+      </c>
+      <c r="B46" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="C3" s="8" t="s">
+      <c r="C46" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="D3" s="8" t="s">
+      <c r="F46" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G46" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="E3" s="8" t="s">
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="9">
+        <v>1854</v>
+      </c>
+      <c r="B47" s="10" t="s">
         <v>126</v>
       </c>
-      <c r="F3" s="8" t="s">
+      <c r="C47" s="10" t="s">
         <v>127</v>
       </c>
-      <c r="G3" s="7">
-[...2 lines deleted...]
-      <c r="H3" s="6" t="s">
+      <c r="D47" s="10" t="s">
         <v>128</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="8" t="s">
+      <c r="E47" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="F47" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G47" s="4" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="9">
+        <v>1884</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="F48" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G48" s="4" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="9">
+        <v>1870</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="F49" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G49" s="4" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="9">
+        <v>1843</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="F50" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G50" s="4" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="9">
+        <v>1881</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="F51" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G51" s="4" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="9">
+        <v>1871</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="F52" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G52" s="4" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="9">
+        <v>1846</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="F53" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G53" s="4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="9">
+        <v>1873</v>
+      </c>
+      <c r="B54" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="F54" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G54" s="4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="6">
+        <v>1857</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F55" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G55" s="4" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="6">
+        <v>1885</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="F56" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G56" s="4" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="9">
+        <v>1899</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>283</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" s="10" t="s">
         <v>284</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="F57" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G57" s="4" t="s">
         <v>285</v>
       </c>
-      <c r="D4" s="8" t="s">
-[...22 lines deleted...]
-      <c r="C5" s="8" t="s">
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="9">
+        <v>1838</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F58" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G58" s="4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="6">
+        <v>1877</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="F59" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G59" s="4" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="9">
+        <v>1858</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="E60" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="F60" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G60" s="4" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="6">
+        <v>1868</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="F61" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G61" s="4" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="9">
+        <v>1897</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>274</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>276</v>
+      </c>
+      <c r="E62" s="10" t="s">
+        <v>277</v>
+      </c>
+      <c r="F62" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G62" s="4" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="6">
+        <v>1869</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="F63" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G63" s="4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" s="9">
+        <v>1901</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>290</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>291</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" s="10" t="s">
+        <v>292</v>
+      </c>
+      <c r="F64" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G64" s="4" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" s="9">
+        <v>1866</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="E65" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="F65" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G65" s="4" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A66" s="6">
+        <v>1813</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="F66" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G66" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="9">
+        <v>1835</v>
+      </c>
+      <c r="B67" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="D5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="8" t="s">
+      <c r="C67" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E67" s="10" t="s">
+        <v>306</v>
+      </c>
+      <c r="F67" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G67" s="4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="9">
+        <v>1834</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E68" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="F68" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G68" s="4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="6">
+        <v>1849</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="F69" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" s="9">
+        <v>1891</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="E70" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="F70" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="9">
+        <v>1892</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="E71" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="F71" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="9">
+        <v>1894</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="E72" s="10" t="s">
+        <v>264</v>
+      </c>
+      <c r="F72" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="9">
+        <v>1893</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D73" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="E73" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="F73" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="6">
+        <v>1887</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="F74" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G74" s="4" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="6">
+        <v>1826</v>
+      </c>
+      <c r="B75" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="F5" s="9" t="s">
-[...49 lines deleted...]
-      <c r="F7" s="8" t="s">
+      <c r="C75" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F75" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G75" s="4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" s="6">
+        <v>1827</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F76" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G76" s="4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" s="9">
+        <v>1895</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>266</v>
+      </c>
+      <c r="C77" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="D77" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="F77" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G77" s="4" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="9">
+        <v>1842</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C78" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E78" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="F78" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G78" s="4" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="6">
+        <v>1814</v>
+      </c>
+      <c r="B79" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="G7" s="7">
-[...2 lines deleted...]
-      <c r="H7" s="6" t="s">
+      <c r="C79" s="7" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1354 lines deleted...]
-      <c r="B60" s="8" t="s">
+      <c r="D79" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C60" s="8" t="s">
+      <c r="E79" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D60" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="8" t="s">
+      <c r="F79" s="3">
+        <v>2025</v>
+      </c>
+      <c r="G79" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="F60" s="9" t="s">
-[...638 lines deleted...]
-      <c r="H87" s="8"/>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" s="8"/>
+      <c r="B80" s="8"/>
+      <c r="C80" s="8"/>
+      <c r="D80" s="8"/>
+      <c r="E80" s="8"/>
+      <c r="F80" s="8"/>
+      <c r="G80" s="8"/>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" s="8"/>
+      <c r="B81" s="8"/>
+      <c r="C81" s="8"/>
+      <c r="D81" s="8"/>
+      <c r="E81" s="8"/>
+      <c r="F81" s="8"/>
+      <c r="G81" s="8"/>
     </row>
   </sheetData>
-  <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
-[...1 lines deleted...]
-    <sortCondition ref="B1:B87"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G83">
+    <sortCondition ref="B1:B83"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="H2" r:id="rId1" xr:uid="{9D6B2F1B-1CB0-44B4-816A-D5062A8F9C9B}"/>
-[...77 lines deleted...]
-    <hyperlink ref="H25" r:id="rId77" xr:uid="{11B5C409-9AFA-4B0E-831D-0BFFB5D4152D}"/>
+    <hyperlink ref="G2" r:id="rId1" xr:uid="{F6EFB258-1825-5144-8AFA-87CC534284EA}"/>
+    <hyperlink ref="G3" r:id="rId2" xr:uid="{D65AAB0E-CE10-8646-9985-CEA1E8D22F25}"/>
+    <hyperlink ref="G4" r:id="rId3" xr:uid="{3B6F1084-EC7C-6C41-ABD0-7F65272EA8FB}"/>
+    <hyperlink ref="G5" r:id="rId4" xr:uid="{A3C1813C-24C0-E540-9604-087C28BDE3F9}"/>
+    <hyperlink ref="G6" r:id="rId5" xr:uid="{B3501F87-8EFB-504E-8111-77227D7ADEE6}"/>
+    <hyperlink ref="G7" r:id="rId6" xr:uid="{A7985400-2578-014C-9B02-9047C29DF04B}"/>
+    <hyperlink ref="G9" r:id="rId7" xr:uid="{7DCA09C7-BC39-A04E-808C-426B1FB03BA7}"/>
+    <hyperlink ref="G10" r:id="rId8" xr:uid="{2B12D671-E6D7-3B43-BF7B-5B259E6468F7}"/>
+    <hyperlink ref="G11" r:id="rId9" xr:uid="{B86FE2C6-5609-F14C-983A-A728C376B33C}"/>
+    <hyperlink ref="G12" r:id="rId10" xr:uid="{E0FCBD6F-3B77-0342-AC58-1E94C55C4F0A}"/>
+    <hyperlink ref="G13" r:id="rId11" xr:uid="{322684F4-98DE-464E-876E-74C1EAE54592}"/>
+    <hyperlink ref="G15" r:id="rId12" xr:uid="{9EF32574-D235-884F-A4E4-26A26FEC5416}"/>
+    <hyperlink ref="G14" r:id="rId13" xr:uid="{01B2D6CE-6AD3-F740-B45D-541C1A0457E3}"/>
+    <hyperlink ref="G16" r:id="rId14" xr:uid="{49E222CA-B4C4-6540-B195-A964447BE015}"/>
+    <hyperlink ref="G17" r:id="rId15" xr:uid="{1CB5E0BD-A2DE-A048-AED5-E4767A235DD1}"/>
+    <hyperlink ref="G18" r:id="rId16" xr:uid="{4AADAFDD-976E-0B45-8B96-EDD5E88786D9}"/>
+    <hyperlink ref="G19" r:id="rId17" xr:uid="{0A445901-381E-F549-8F03-6E021FCA9248}"/>
+    <hyperlink ref="G8" r:id="rId18" xr:uid="{E2ACD760-660B-0843-9255-0F47D05DA427}"/>
+    <hyperlink ref="G20" r:id="rId19" xr:uid="{B7D83C94-D007-4548-9BD4-481A4325CBBF}"/>
+    <hyperlink ref="G21" r:id="rId20" xr:uid="{71132373-73D7-8E4E-AC53-B5BEFDA9C41F}"/>
+    <hyperlink ref="G23" r:id="rId21" xr:uid="{9E438534-7FCB-3D43-BED8-E620AC875F74}"/>
+    <hyperlink ref="G24" r:id="rId22" xr:uid="{5F06FCA0-C8F8-CA46-A76B-19B12A76DA90}"/>
+    <hyperlink ref="G25" r:id="rId23" xr:uid="{671308D1-6FD0-484B-ADBF-DED0F3B28FB3}"/>
+    <hyperlink ref="G26" r:id="rId24" xr:uid="{D41A3BC9-0F6F-4943-BC2C-093A93C1DE2F}"/>
+    <hyperlink ref="G27" r:id="rId25" xr:uid="{C22FC27B-C67C-1D4E-8617-A65D10BC5E48}"/>
+    <hyperlink ref="G28" r:id="rId26" xr:uid="{9A599794-DAF4-EA42-8081-7A2F1109E601}"/>
+    <hyperlink ref="G29" r:id="rId27" xr:uid="{CC6B68E0-3F79-0343-A077-91729C779FB4}"/>
+    <hyperlink ref="G30" r:id="rId28" xr:uid="{5111D413-F57B-A347-AA7D-79F2EA41445A}"/>
+    <hyperlink ref="G32" r:id="rId29" xr:uid="{4FDD6106-DCC5-554C-B550-29C1C7273CA1}"/>
+    <hyperlink ref="G31" r:id="rId30" xr:uid="{F386B9E9-53DD-B249-B4D5-01155DA31B45}"/>
+    <hyperlink ref="G33" r:id="rId31" xr:uid="{879E530A-A2F1-7044-B7EF-8A1239E9A8CA}"/>
+    <hyperlink ref="G34" r:id="rId32" xr:uid="{E0C06393-C620-B748-8A05-397D30CDBBC3}"/>
+    <hyperlink ref="G35" r:id="rId33" xr:uid="{74D08088-63A0-FC40-9879-D8D97D84B3E3}"/>
+    <hyperlink ref="G36" r:id="rId34" xr:uid="{BE19EF9A-1348-4645-89AB-E2B8D0BF8F70}"/>
+    <hyperlink ref="G37" r:id="rId35" xr:uid="{B1ED5374-65B2-164E-AD2D-40FC021873FA}"/>
+    <hyperlink ref="G38" r:id="rId36" xr:uid="{DBA07AD5-03CD-2B40-AE4E-01A0F94BB8E4}"/>
+    <hyperlink ref="G39" r:id="rId37" xr:uid="{E1122A2D-2DAE-A24E-8985-08AA652EE0C0}"/>
+    <hyperlink ref="G40" r:id="rId38" xr:uid="{4B41ACF6-409E-3A48-8B49-FB05C9FB125E}"/>
+    <hyperlink ref="G42" r:id="rId39" xr:uid="{5420DEE6-6C29-3548-94A9-2CEFB552858E}"/>
+    <hyperlink ref="G41" r:id="rId40" xr:uid="{ADE2D119-6DF9-2F40-84C8-C50630E0E268}"/>
+    <hyperlink ref="G43" r:id="rId41" xr:uid="{2D30C7CB-2E5E-694E-ACCE-3B9E0AC56594}"/>
+    <hyperlink ref="G44" r:id="rId42" xr:uid="{390362F4-64CE-FE4C-AD58-534BFD38530C}"/>
+    <hyperlink ref="G45" r:id="rId43" xr:uid="{F56FD1EC-235C-E64F-87A0-37F2317844E9}"/>
+    <hyperlink ref="G46" r:id="rId44" xr:uid="{3D2F51AD-3E91-6840-8F27-84DBE4244D8B}"/>
+    <hyperlink ref="G47" r:id="rId45" xr:uid="{6D29D21C-E6C2-E84D-AFEC-47C67EC58D6E}"/>
+    <hyperlink ref="G49" r:id="rId46" xr:uid="{DA4CF129-3467-7240-83EC-46F4A415C406}"/>
+    <hyperlink ref="G48" r:id="rId47" xr:uid="{4F1FDC9F-178D-8B4A-84A7-2937BB7B1A9B}"/>
+    <hyperlink ref="G50" r:id="rId48" xr:uid="{9410D1E6-1FBE-8F43-91A3-978801AA3326}"/>
+    <hyperlink ref="G53" r:id="rId49" xr:uid="{C5690A56-B486-5944-88C3-9A872646D4D8}"/>
+    <hyperlink ref="G52" r:id="rId50" xr:uid="{337C75F6-C2C4-6349-82A0-666762B13D43}"/>
+    <hyperlink ref="G51" r:id="rId51" xr:uid="{B012C412-8FC0-1A47-B033-FE1F84AE32CA}"/>
+    <hyperlink ref="G54" r:id="rId52" xr:uid="{DCD13C26-2A19-5C40-AB13-F072310F1BBD}"/>
+    <hyperlink ref="G55" r:id="rId53" xr:uid="{BD91BFB7-E0DD-AF4C-AD06-3EB00364A66B}"/>
+    <hyperlink ref="G56" r:id="rId54" xr:uid="{C94A6C89-4A7A-6044-9A66-00B33739764E}"/>
+    <hyperlink ref="G57" r:id="rId55" xr:uid="{84FD1265-87C3-E947-BC35-8AD35CB14BE6}"/>
+    <hyperlink ref="G58" r:id="rId56" xr:uid="{EFF82873-4051-9B41-A50D-BC8C872D9543}"/>
+    <hyperlink ref="G59" r:id="rId57" xr:uid="{3D5AE9AF-BED5-E04C-A1CB-A386F52E6F64}"/>
+    <hyperlink ref="G60" r:id="rId58" xr:uid="{E334F055-23EE-D84B-BAFC-CFE6CC6D2AD7}"/>
+    <hyperlink ref="G61" r:id="rId59" xr:uid="{58D15CDA-F533-8B46-ABC7-809959CE8839}"/>
+    <hyperlink ref="G62" r:id="rId60" xr:uid="{74FCEAB5-AADE-1F41-8BE6-51BB6E86BAEF}"/>
+    <hyperlink ref="G22" r:id="rId61" xr:uid="{DD403A29-4700-6741-A013-3380809BC3C8}"/>
+    <hyperlink ref="G63" r:id="rId62" xr:uid="{F59BF650-6975-F147-AFFD-9CD7903F2D73}"/>
+    <hyperlink ref="G64" r:id="rId63" xr:uid="{A81E7352-9043-704A-804C-FD8080934864}"/>
+    <hyperlink ref="G66" r:id="rId64" xr:uid="{107924B4-C3A7-BA4E-AD56-D77BAF97B5E4}"/>
+    <hyperlink ref="G65" r:id="rId65" xr:uid="{E317C513-5E32-A840-81F7-AC6A322EF11C}"/>
+    <hyperlink ref="G68" r:id="rId66" xr:uid="{491329A8-192C-A04A-A404-25A48E316019}"/>
+    <hyperlink ref="G69" r:id="rId67" xr:uid="{CA7CF39B-A16B-DC4C-B621-EF68AEDF2A16}"/>
+    <hyperlink ref="G70" r:id="rId68" xr:uid="{6189547C-1753-7E4E-BBC7-1511DDCBE618}"/>
+    <hyperlink ref="G73" r:id="rId69" xr:uid="{1D67EFF1-9EFD-F54E-B91A-1E655CA0600B}"/>
+    <hyperlink ref="G72" r:id="rId70" xr:uid="{72E47013-F0AD-F347-AF47-0435314F4A45}"/>
+    <hyperlink ref="G74" r:id="rId71" xr:uid="{F1C543BD-A1A9-7F4D-9D3E-D3A96FBD75A7}"/>
+    <hyperlink ref="G75" r:id="rId72" xr:uid="{66C3A8D6-F231-5C41-B625-37B5A8CBFA6D}"/>
+    <hyperlink ref="G76" r:id="rId73" xr:uid="{FEE36DC4-E361-A949-8252-CD62C38933DA}"/>
+    <hyperlink ref="G78" r:id="rId74" xr:uid="{69782C39-0508-FE4A-A929-27982AE46AE8}"/>
+    <hyperlink ref="G77" r:id="rId75" xr:uid="{AE9D153B-9AB9-D14D-9441-DE1330F06216}"/>
+    <hyperlink ref="G79" r:id="rId76" xr:uid="{98D6E890-4D53-4D42-8FC3-2AC052D21701}"/>
+    <hyperlink ref="G71" r:id="rId77" xr:uid="{BC39E70E-9326-F341-8B6A-709C161843FF}"/>
+    <hyperlink ref="G67" r:id="rId78" xr:uid="{A3990A7B-8FBB-4799-93E3-99325C610ADC}"/>
   </hyperlinks>
-  <pageMargins left="0" right="0" top="0" bottom="0" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="landscape" r:id="rId78"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait"/>
 </worksheet>
-</file>
-[...312 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SRSP Submissions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager>HSCRO</Manager>
+  <Manager/>
   <Company>U of L</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>SRSP Export</dc:title>
-  <dc:subject>Spreadsheet export</dc:subject>
+  <dc:title>SRSP Submissions</dc:title>
+  <dc:subject>Summer Research Scholar Mentor Submissions</dc:subject>
   <dc:creator>HSCRO</dc:creator>
-  <cp:keywords>U of L, HSCRO, CTU, SRSP, excel, export</cp:keywords>
+  <cp:keywords/>
   <dc:description>Summer Research Scholar Mentor Submissions Export</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Excel</cp:category>
+  <cp:category/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>