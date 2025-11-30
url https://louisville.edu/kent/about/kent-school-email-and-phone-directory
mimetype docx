--- v0 (2025-10-21)
+++ v1 (2025-11-30)
@@ -1,90 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="45ADF930" w14:textId="5C67B39A" w:rsidR="00D310D4" w:rsidRPr="003E0E6A" w:rsidRDefault="00817103" w:rsidP="00FF0AB1">
+    <w:p w14:paraId="45ADF930" w14:textId="77CA33CE" w:rsidR="00D310D4" w:rsidRPr="003E0E6A" w:rsidRDefault="00817103" w:rsidP="00FF0AB1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E0E6A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Updated</w:t>
       </w:r>
       <w:r w:rsidRPr="003E0E6A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B44EEA">
+      <w:r w:rsidR="00E6539C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>9/10</w:t>
-[...7 lines deleted...]
-        <w:t>/</w:t>
+        <w:t>11/17/</w:t>
       </w:r>
       <w:r w:rsidR="00C961D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4CB48C" w14:textId="77777777" w:rsidR="008210E4" w:rsidRPr="00506DE3" w:rsidRDefault="008210E4" w:rsidP="00FF0AB1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E3D7018" w14:textId="257C6394" w:rsidR="00D310D4" w:rsidRPr="00506DE3" w:rsidRDefault="00817103" w:rsidP="003E0E6A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -1910,51 +1902,51 @@
           <w:tcPr>
             <w:tcW w:w="956" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="651AA71C" w14:textId="381E7E7E" w:rsidR="00D60792" w:rsidRPr="002044ED" w:rsidRDefault="00D60792" w:rsidP="00FF0AB1">
             <w:pPr>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002044ED">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>502-852-9103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A89CC97" w14:textId="744F2778" w:rsidR="00D60792" w:rsidRPr="00A3236D" w:rsidRDefault="00D60792" w:rsidP="00FF0AB1">
+          <w:p w14:paraId="4A89CC97" w14:textId="60371F0C" w:rsidR="00D60792" w:rsidRPr="00A3236D" w:rsidRDefault="00D60792" w:rsidP="00FF0AB1">
             <w:pPr>
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3236D">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Burhans</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3236D">
               <w:rPr>
                 <w:spacing w:val="-17"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1964,58 +1956,58 @@
                 <w:spacing w:val="-6"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hall</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3236D">
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A3236D">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00EB0702" w:rsidRPr="00A3236D">
+            <w:r w:rsidR="00E6539C">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>69</w:t>
+              <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D310D4" w:rsidRPr="00A3236D" w14:paraId="7349EBBD" w14:textId="77777777" w:rsidTr="00C40E64">
         <w:trPr>
           <w:trHeight w:val="357"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67C2C2F0" w14:textId="77777777" w:rsidR="00D310D4" w:rsidRPr="00A3236D" w:rsidRDefault="00817103" w:rsidP="00FF0AB1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3236D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Beswick,</w:t>
@@ -15790,119 +15782,93 @@
             </w:pPr>
             <w:hyperlink r:id="rId68">
               <w:r w:rsidRPr="00A3236D">
                 <w:rPr>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>hlstor02@louisville.edu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2214" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F9BF463" w14:textId="5BCE6BFA" w:rsidR="009E6D4A" w:rsidRPr="00B44EEA" w:rsidRDefault="009E6D4A" w:rsidP="009E6D4A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B44EEA">
               <w:rPr>
                 <w:color w:val="111111"/>
                 <w:spacing w:val="-8"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Associate</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B44EEA">
               <w:rPr>
                 <w:color w:val="111111"/>
                 <w:spacing w:val="5"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B44EEA">
               <w:rPr>
                 <w:color w:val="111111"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>Professor</w:t>
             </w:r>
             <w:r w:rsidR="00B44EEA" w:rsidRPr="00B44EEA">
               <w:rPr>
                 <w:color w:val="111111"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Interim </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> D</w:t>
+              <w:t>, Interim Director D</w:t>
             </w:r>
             <w:r w:rsidR="00B44EEA">
               <w:rPr>
                 <w:color w:val="111111"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="115"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>SW Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="956" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CFB2CD7" w14:textId="77777777" w:rsidR="009E6D4A" w:rsidRPr="002044ED" w:rsidRDefault="009E6D4A" w:rsidP="009E6D4A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -17962,51 +17928,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:altName w:val="Garamond"/>
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="200"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D310D4"/>
     <w:rsid w:val="00015FE8"/>
     <w:rsid w:val="000270BF"/>
     <w:rsid w:val="0006436F"/>
     <w:rsid w:val="00073D27"/>
     <w:rsid w:val="00082F64"/>
     <w:rsid w:val="000902F8"/>
     <w:rsid w:val="00093163"/>
     <w:rsid w:val="000A60CC"/>
     <w:rsid w:val="000B5FC2"/>
@@ -18041,50 +18007,51 @@
     <w:rsid w:val="003E0E6A"/>
     <w:rsid w:val="003E49D1"/>
     <w:rsid w:val="003E5815"/>
     <w:rsid w:val="0043003A"/>
     <w:rsid w:val="004320C4"/>
     <w:rsid w:val="00436BAB"/>
     <w:rsid w:val="00465C18"/>
     <w:rsid w:val="00472032"/>
     <w:rsid w:val="00487DC7"/>
     <w:rsid w:val="004C31BD"/>
     <w:rsid w:val="004C778A"/>
     <w:rsid w:val="004F1204"/>
     <w:rsid w:val="00506DE3"/>
     <w:rsid w:val="00506F52"/>
     <w:rsid w:val="005078BB"/>
     <w:rsid w:val="005110FD"/>
     <w:rsid w:val="00520A50"/>
     <w:rsid w:val="005227C6"/>
     <w:rsid w:val="00530D3C"/>
     <w:rsid w:val="005608EC"/>
     <w:rsid w:val="005666D6"/>
     <w:rsid w:val="00585781"/>
     <w:rsid w:val="005A3610"/>
     <w:rsid w:val="005D5BC5"/>
     <w:rsid w:val="005D7C77"/>
+    <w:rsid w:val="005E6FF6"/>
     <w:rsid w:val="005F430D"/>
     <w:rsid w:val="005F44C5"/>
     <w:rsid w:val="0061184C"/>
     <w:rsid w:val="00617E83"/>
     <w:rsid w:val="00631E61"/>
     <w:rsid w:val="00635B1B"/>
     <w:rsid w:val="00643C54"/>
     <w:rsid w:val="00644B2D"/>
     <w:rsid w:val="00653283"/>
     <w:rsid w:val="00660127"/>
     <w:rsid w:val="0066485E"/>
     <w:rsid w:val="0068540E"/>
     <w:rsid w:val="006A61E8"/>
     <w:rsid w:val="006C73D1"/>
     <w:rsid w:val="006D0013"/>
     <w:rsid w:val="006E06F2"/>
     <w:rsid w:val="006F26C2"/>
     <w:rsid w:val="0071081B"/>
     <w:rsid w:val="00714BBC"/>
     <w:rsid w:val="00751D4F"/>
     <w:rsid w:val="00751F40"/>
     <w:rsid w:val="007640DE"/>
     <w:rsid w:val="00770B9A"/>
     <w:rsid w:val="0078029C"/>
     <w:rsid w:val="007B1ED4"/>
@@ -18169,50 +18136,51 @@
     <w:rsid w:val="00D060ED"/>
     <w:rsid w:val="00D07668"/>
     <w:rsid w:val="00D24784"/>
     <w:rsid w:val="00D310D4"/>
     <w:rsid w:val="00D50F55"/>
     <w:rsid w:val="00D60792"/>
     <w:rsid w:val="00D6229E"/>
     <w:rsid w:val="00D73448"/>
     <w:rsid w:val="00D7566A"/>
     <w:rsid w:val="00D84F1E"/>
     <w:rsid w:val="00D91B35"/>
     <w:rsid w:val="00D91F79"/>
     <w:rsid w:val="00DA5902"/>
     <w:rsid w:val="00DA5BB4"/>
     <w:rsid w:val="00DB2F44"/>
     <w:rsid w:val="00DB306A"/>
     <w:rsid w:val="00DE66FF"/>
     <w:rsid w:val="00DF1071"/>
     <w:rsid w:val="00DF63B3"/>
     <w:rsid w:val="00E042DF"/>
     <w:rsid w:val="00E06FC8"/>
     <w:rsid w:val="00E37998"/>
     <w:rsid w:val="00E41AFF"/>
     <w:rsid w:val="00E60262"/>
     <w:rsid w:val="00E60CDE"/>
+    <w:rsid w:val="00E6539C"/>
     <w:rsid w:val="00E81141"/>
     <w:rsid w:val="00EA0D35"/>
     <w:rsid w:val="00EA4096"/>
     <w:rsid w:val="00EB0702"/>
     <w:rsid w:val="00ED2503"/>
     <w:rsid w:val="00EF1715"/>
     <w:rsid w:val="00F11BDA"/>
     <w:rsid w:val="00F11FA4"/>
     <w:rsid w:val="00F21475"/>
     <w:rsid w:val="00F214AB"/>
     <w:rsid w:val="00F22444"/>
     <w:rsid w:val="00F36F05"/>
     <w:rsid w:val="00F44175"/>
     <w:rsid w:val="00F67BCE"/>
     <w:rsid w:val="00F745C0"/>
     <w:rsid w:val="00F74E8D"/>
     <w:rsid w:val="00F80A10"/>
     <w:rsid w:val="00F951C9"/>
     <w:rsid w:val="00FB11EB"/>
     <w:rsid w:val="00FC7AAC"/>
     <w:rsid w:val="00FD1915"/>
     <w:rsid w:val="00FD49C7"/>
     <w:rsid w:val="00FD4B82"/>
     <w:rsid w:val="00FE4370"/>
     <w:rsid w:val="00FF0AB1"/>
@@ -19021,78 +18989,78 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2044</Words>
-  <Characters>11655</Characters>
+  <Words>1069</Words>
+  <Characters>8984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>553</Lines>
+  <Paragraphs>499</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13672</CharactersWithSpaces>
+  <CharactersWithSpaces>9566</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Evans, Debra</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-05-22T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 23 for Word</vt:lpwstr>