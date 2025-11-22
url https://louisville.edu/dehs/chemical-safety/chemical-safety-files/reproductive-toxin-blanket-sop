--- v0 (2025-10-04)
+++ v1 (2025-11-22)
@@ -1,52 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0B65004D" w14:textId="1365DB17" w:rsidR="005A6434" w:rsidRPr="00B606C2" w:rsidRDefault="005A6434" w:rsidP="00411845">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B606C2">
@@ -733,255 +724,188 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E17EC14" w14:textId="77777777" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Building/Room(s) covered by this SOP:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C88238" w14:textId="4948B0FD" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="000A27AF">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w14:paraId="709FE5C0" w14:textId="77777777" w:rsidTr="003F4B81">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="583B51A0" w14:textId="39E7079E" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk129355724"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...42 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B74A07" w14:textId="34B4460A" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="005F3214">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F3214" w:rsidRPr="00DC7D29" w14:paraId="75D5DAFA" w14:textId="77777777" w:rsidTr="003F4B81">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113FBED5" w14:textId="717F40D4" w:rsidR="005F3214" w:rsidRDefault="005F3214" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Principal Investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5588A2AE" w14:textId="67474879" w:rsidR="005F3214" w:rsidRDefault="005F3214" w:rsidP="00993A44">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C28A7" w:rsidRPr="00DC7D29" w14:paraId="1C5FE85C" w14:textId="77777777" w:rsidTr="003F4B81">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A0616EC" w14:textId="0F4EF2F9" w:rsidR="004C28A7" w:rsidRDefault="004C28A7" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1052,97 +976,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r w:rsidR="0070690C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SOP written</w:t>
             </w:r>
             <w:r w:rsidR="004C28A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, approved by PI</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...45 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9D36BE" w14:textId="7AE14580" w:rsidR="002959D4" w:rsidRDefault="002959D4" w:rsidP="00993A44">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="73A7541C" w14:textId="6D85E8E0" w:rsidR="002959D4" w:rsidRDefault="002959D4" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1194,94 +1090,71 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C080950" w14:textId="5B68C8A4" w:rsidR="004C28A7" w:rsidRPr="00DC7D29" w:rsidRDefault="004C28A7" w:rsidP="001700DC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lab Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...42 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5A3321" w14:textId="325B672A" w:rsidR="004C28A7" w:rsidRPr="00DC7D29" w:rsidRDefault="004C28A7" w:rsidP="001700DC">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C28A7" w14:paraId="189023F5" w14:textId="77777777" w:rsidTr="001700DC">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73CE1A38" w14:textId="03B42817" w:rsidR="004C28A7" w:rsidRDefault="004C28A7" w:rsidP="001700DC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1393,50 +1266,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09A416B1" w14:textId="358D69E9" w:rsidR="001C688D" w:rsidRDefault="00422149" w:rsidP="00C87E1C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lab Specific </w:t>
       </w:r>
       <w:r w:rsidR="000C57C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>REPRODUCTIVE TOXICANT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(s) covered by this SOP:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71994375" w14:textId="6D03D647" w:rsidR="00105A49" w:rsidRDefault="00105A49" w:rsidP="00C87E1C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
@@ -1949,110 +1823,92 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Potential </w:t>
       </w:r>
       <w:r w:rsidR="00D36CEC" w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Hazards</w:t>
       </w:r>
       <w:r w:rsidR="00F90736">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/Toxicity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F78BCD" w14:textId="7077BDB0" w:rsidR="007F0C45" w:rsidRDefault="00000000" w:rsidP="007F0C45">
+    <w:p w14:paraId="48F78BCD" w14:textId="5122D647" w:rsidR="007F0C45" w:rsidRDefault="000C57C7" w:rsidP="007F0C45">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4152"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...32 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:r w:rsidR="007F0C45">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F3F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">listed </w:t>
       </w:r>
-      <w:r w:rsidR="000C57C7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lab-</w:t>
       </w:r>
       <w:r w:rsidR="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>specific chemical</w:t>
       </w:r>
       <w:r w:rsidR="008F3F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2189,51 +2045,51 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C57C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Potential health effects include infertility, miscarriage, birth defects and developmental disorders in children.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49528A43" w14:textId="5577205B" w:rsidR="006137A5" w:rsidRPr="000C57C7" w:rsidRDefault="006137A5" w:rsidP="000C57C7">
+    <w:p w14:paraId="49528A43" w14:textId="5577205B" w:rsidR="006137A5" w:rsidRPr="00664A2F" w:rsidRDefault="006137A5" w:rsidP="000C57C7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">GHS </w:t>
       </w:r>
@@ -2246,232 +2102,219 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Classification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>for Reproductive Toxicity Category 1A, 1B, or 2</w:t>
       </w:r>
       <w:r w:rsidR="00D847C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SDS Section 2.1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB90502" w14:textId="095E97DD" w:rsidR="00AC54DA" w:rsidRPr="007726CA" w:rsidRDefault="00000000" w:rsidP="00AC54DA">
+    <w:p w14:paraId="2F161787" w14:textId="340D0C08" w:rsidR="00664A2F" w:rsidRPr="000C57C7" w:rsidRDefault="00664A2F" w:rsidP="00664A2F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="180" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00774FBB">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DB7D735" wp14:editId="5ED1DCB6">
+            <wp:simplePos x="457200" y="7820025"/>
+            <wp:positionH relativeFrom="column">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:align>top</wp:align>
+            </wp:positionV>
+            <wp:extent cx="5640705" cy="1362643"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="719177766" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="719177766" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5640705" cy="1362643"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB90502" w14:textId="264F87D0" w:rsidR="00AC54DA" w:rsidRPr="007726CA" w:rsidRDefault="000C57C7" w:rsidP="00AC54DA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...108 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00D81799" w:rsidRPr="00C8015A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00AC54DA" w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">covered under this SOP are defined as </w:t>
       </w:r>
-      <w:r w:rsidR="000C57C7" w:rsidRPr="000C57C7">
+      <w:r w:rsidRPr="000C57C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>chemical</w:t>
       </w:r>
-      <w:r w:rsidR="000C57C7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00105A49">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">solid and liquid </w:t>
       </w:r>
       <w:r w:rsidR="00AC54DA" w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>materials:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C0A0A15" w14:textId="0477E682" w:rsidR="00105A49" w:rsidRPr="00AC54DA" w:rsidRDefault="000C57C7" w:rsidP="00AC54DA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>REPRODUCTIVE TOXICANT</w:t>
       </w:r>
       <w:r w:rsidR="00105A49">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00105A49" w:rsidRPr="00A20451">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -2585,51 +2428,50 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49E370FF" w14:textId="2410E594" w:rsidR="006B56F3" w:rsidRPr="00C15518" w:rsidRDefault="006B56F3" w:rsidP="00C15518">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C15518">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Engineering Controls:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15518">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Use of </w:t>
       </w:r>
       <w:r w:rsidR="000C57C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REPRODUCTIVE TOXICANT</w:t>
       </w:r>
       <w:r w:rsidR="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
@@ -3947,50 +3789,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Never give anything by mouth to unconscious person.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3FB40C" w14:textId="19EBB479" w:rsidR="00C406D4" w:rsidRPr="00DD4276" w:rsidRDefault="000E228A" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="004517F8" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00C406D4" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -4124,51 +3967,50 @@
     </w:p>
     <w:p w14:paraId="726B2A64" w14:textId="6C812948" w:rsidR="005F6AA0" w:rsidRDefault="005F6AA0" w:rsidP="00261C7C">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>When in use, there sh</w:t>
       </w:r>
       <w:r w:rsidR="00967B8E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> be an established, designated area for </w:t>
       </w:r>
       <w:r w:rsidR="000C57C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>REPRODUCTIVE TOXICANT</w:t>
@@ -5014,51 +4856,51 @@
         <w:t xml:space="preserve"> outside of the chemical fume hood or other ventilated enclosure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F904FA" w14:textId="77777777" w:rsidR="00A855A7" w:rsidRPr="00A855A7" w:rsidRDefault="00A855A7" w:rsidP="005901AE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Avoid breathing vapors and contact with skin and eyes. Wear protective clothing, rubber gloves and safety glasses. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C297A6A" w14:textId="46C3B615" w:rsidR="00F16E72" w:rsidRPr="005D45CE" w:rsidRDefault="00A855A7" w:rsidP="00F51DC9">
+    <w:p w14:paraId="5C297A6A" w14:textId="3A908959" w:rsidR="00F16E72" w:rsidRPr="005D45CE" w:rsidRDefault="00A855A7" w:rsidP="00F51DC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D45CE">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Wipe up and absorb small quantities with vermiculite or other absorbent material. Place spilled clean up materials in lab chemical solid waste container or </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D45CE">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5068,72 +4910,60 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D45CE">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bag </w:t>
       </w:r>
       <w:r w:rsidRPr="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">marked as </w:t>
       </w:r>
       <w:r w:rsidRPr="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Hazardous waste </w:t>
       </w:r>
-      <w:sdt>
-[...20 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="000C57C7" w:rsidRPr="005D45CE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
       <w:r w:rsidR="000C57C7" w:rsidRPr="005D45CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specific name </w:t>
       </w:r>
       <w:r w:rsidRPr="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00D31EDA" w:rsidRPr="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5156,69 +4986,58 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “  </w:t>
       </w:r>
       <w:r w:rsidRPr="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and submit for DEHS chemical waste pick up.</w:t>
       </w:r>
       <w:r w:rsidR="005D45CE" w:rsidRPr="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C83F93">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Spill</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> clean up contaminated PPE, such as </w:t>
+        <w:t xml:space="preserve">Spill clean up contaminated PPE, such as </w:t>
       </w:r>
       <w:r w:rsidR="00F16E72" w:rsidRPr="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gloves</w:t>
       </w:r>
       <w:r w:rsidR="005D45CE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C83F93">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">can be </w:t>
       </w:r>
@@ -5334,2004 +5153,1160 @@
       <w:r w:rsidR="00C83F93">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>soap and water</w:t>
       </w:r>
       <w:r w:rsidR="00C83F93">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, or other manufacturer prescribed method. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6625BF7B" w14:textId="25208200" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="000E228A" w:rsidP="00BB2A80">
+    <w:p w14:paraId="00886EF0" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="00BB2A80">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A3581">
+    </w:p>
+    <w:p w14:paraId="69EEBC3E" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="00BB2A80">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Section </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004517F8" w:rsidRPr="004A3581">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2FB0BF" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="00BB2A80">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A3581">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6625BF7B" w14:textId="06B87A12" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="000E228A" w:rsidP="00BB2A80">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A06BFA" w:rsidRPr="004A3581">
+      </w:pPr>
+      <w:r w:rsidRPr="004A3581">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C406D4" w:rsidRPr="004A3581">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="004517F8" w:rsidRPr="004A3581">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Waste Disposal Procedure</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A06BFA" w:rsidRPr="004A3581">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A3581">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06BFA" w:rsidRPr="004A3581">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C406D4" w:rsidRPr="004A3581">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Waste Disposal Procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06BFA" w:rsidRPr="004A3581">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAB185E" w14:textId="7937403A" w:rsidR="006B62B0" w:rsidRDefault="00000000" w:rsidP="00B666E2">
+    <w:p w14:paraId="3FAB185E" w14:textId="35828E8D" w:rsidR="006B62B0" w:rsidRDefault="006B62B0" w:rsidP="00B666E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...351 lines deleted...]
-        <w:t>Label Waste</w:t>
+      <w:r w:rsidRPr="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Label</w:t>
+      </w:r>
+      <w:r w:rsidR="002F50F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Proper Disposition and/or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Waste</w:t>
+      </w:r>
+      <w:r w:rsidR="002F50F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Submission</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A7F04C" w14:textId="77777777" w:rsidR="00B666E2" w:rsidRPr="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="192FF734" w14:textId="133D2F1D" w:rsidR="00B666E2" w:rsidRPr="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
+    <w:p w14:paraId="512408B8" w14:textId="2345DAB5" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Collect</w:t>
-[...330 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">REPRODUCTIVE TOXICANTS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>container not to exceed 1 gal</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> prohibited from sink disposal or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>lid (i.e. scre</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>discard</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> top cap)</w:t>
-[...161 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> into trash. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2591D2" w14:textId="3BDB4A85" w:rsidR="00B666E2" w:rsidRPr="00BB2A80" w:rsidRDefault="00000000" w:rsidP="00B666E2">
+    <w:p w14:paraId="192FF734" w14:textId="099FB7A5" w:rsidR="00B666E2" w:rsidRPr="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...46 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Collect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C57C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4144">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">containing liquid waste </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>container not to exceed 1 gal</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6AA0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Waste collection container must have a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">closeable </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lid (i.e. scre</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6AA0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> top cap)</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6AA0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> marked as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Hazardous waste </w:t>
+      </w:r>
+      <w:r w:rsidR="000C57C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C57C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specific name </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="000C57C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="0001383D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B666E2" w:rsidRPr="00BB2A80">
-[...45 lines deleted...]
-        <w:t>and discard</w:t>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F6AA0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-        <w:t>code label) .</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and submit for DEHS </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6AA0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chemical waste </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pick up</w:t>
+      </w:r>
+      <w:r w:rsidR="002F50F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via Chematix</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A213C5" w14:textId="36ABF0F9" w:rsidR="00B666E2" w:rsidRPr="00C83F93" w:rsidRDefault="00000000" w:rsidP="00E730F7">
+    <w:p w14:paraId="0F2591D2" w14:textId="03C4C96E" w:rsidR="00B666E2" w:rsidRPr="00BB2A80" w:rsidRDefault="000C57C7" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...291 lines deleted...]
-      <w:r w:rsidR="00B666E2" w:rsidRPr="00C83F93">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="000C57C7" w:rsidRPr="00C83F93">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2" w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>REPRODUCTIVE TOXICANT</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC54DA" w:rsidRPr="00C83F93">
+        <w:t xml:space="preserve">contaminated sharps (syringe, needle, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B666E2" w:rsidRPr="00C83F93">
+        <w:t xml:space="preserve">pipette tips, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2" w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must be submitted for DEHS chemical waste pick up.</w:t>
+        <w:t xml:space="preserve">glass slides) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2" w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be disposed in a puncture resistant sharps container </w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and discard</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6AA0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> into medical waste box to be destroyed by incineration (Stericycle Yellow </w:t>
+      </w:r>
+      <w:r w:rsidR="00422149">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">QR </w:t>
+      </w:r>
+      <w:r w:rsidR="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>code label) .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2FDED3" w14:textId="77777777" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
-[...31 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="40A213C5" w14:textId="065FF7F2" w:rsidR="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00E730F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
-[...60 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83F93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unwanted or expired containers of </w:t>
+      </w:r>
+      <w:r w:rsidR="000C57C7" w:rsidRPr="00C83F93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA" w:rsidRPr="00C83F93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83F93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be submitted for DEHS chemical waste pick up</w:t>
+      </w:r>
+      <w:r w:rsidR="002F50F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via Chematix.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C53B5A" w14:textId="28715B78" w:rsidR="00967B8E" w:rsidRPr="00BB2A80" w:rsidRDefault="00967B8E" w:rsidP="006B62B0">
+    <w:p w14:paraId="02FC0FAD" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRPr="00967B8E" w:rsidRDefault="002F50F9" w:rsidP="002F50F9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
-[...258 lines deleted...]
-          <w:numId w:val="3"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00967B8E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have never used Chematix, contact DEHS at 852-6670 or </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00967B8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>chematix@louisville.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00967B8E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for further assistance and training. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DB7FBD" w14:textId="4F46D861" w:rsidR="006B62B0" w:rsidRPr="00967B8E" w:rsidRDefault="00C53F42" w:rsidP="006B62B0">
+    <w:p w14:paraId="1AF21F17" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRPr="00967B8E" w:rsidRDefault="002F50F9" w:rsidP="002F50F9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00967B8E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For existing users of Chematix, Quick Reference Guides and Videos are available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00967B8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>https://louisville.edu/dehs/waste-disposal</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15E49AB3" w14:textId="77777777" w:rsidR="00F16E72" w:rsidRDefault="00F16E72" w:rsidP="0060036A">
+    <w:p w14:paraId="6230BE29" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRPr="00C83F93" w:rsidRDefault="002F50F9" w:rsidP="002F50F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A2FDED3" w14:textId="77777777" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09840CF6" w14:textId="77777777" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Store Waste </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F1F7B6" w14:textId="36A9F267" w:rsidR="006B62B0" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Store </w:t>
+      </w:r>
+      <w:r w:rsidR="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">properly labeled </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazardous waste closed containers</w:t>
+      </w:r>
+      <w:r w:rsidR="0060036A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in a designated location</w:t>
+      </w:r>
+      <w:r w:rsidR="00922497" w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the lab</w:t>
+      </w:r>
+      <w:r w:rsidR="0060036A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C53B5A" w14:textId="317F28D2" w:rsidR="00967B8E" w:rsidRPr="00BB2A80" w:rsidRDefault="00967B8E" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Best management practice (BMP) is to store hazardous waste containers in secondary containment (i.e. polyethylene tray, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do not use </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5629B" w:rsidRPr="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Styrofoam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B8B963" w14:textId="7A836B45" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Waste must be </w:t>
+      </w:r>
+      <w:r w:rsidR="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under control of the person generating the waste and stored at or near the process generating the waste (i.e. kept in the same </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD314F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lab or assigned pod).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D310938" w14:textId="77777777" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F0EA47" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5947E304" w14:textId="05718676" w:rsidR="0060036A" w:rsidRPr="0060036A" w:rsidRDefault="00A06BFA" w:rsidP="0060036A">
+    <w:p w14:paraId="5C25928B" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0060036A">
+    </w:p>
+    <w:p w14:paraId="7B14940E" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD5FBB7" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2997581F" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13EF9F2F" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F1A3AA2" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7280EA86" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04DA9F41" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2034FA73" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A77062" w14:textId="77777777" w:rsidR="00C5629B" w:rsidRDefault="00C5629B" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5947E304" w14:textId="521C3BF5" w:rsidR="0060036A" w:rsidRPr="0060036A" w:rsidRDefault="00A06BFA" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060036A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="004517F8" w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00377FD5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -7432,51 +6407,109 @@
       <w:r w:rsidR="00C87E1C" w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rincipal Investigator</w:t>
       </w:r>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DF4A6C" w:rsidRPr="00DC7D29">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451F9F2F" w14:textId="47BA597B" w:rsidR="006716E0" w:rsidRDefault="006716E0" w:rsidP="00A06BFA">
+    <w:p w14:paraId="451F9F2F" w14:textId="4A3ED634" w:rsidR="006716E0" w:rsidRDefault="002F50F9" w:rsidP="00A06BFA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004343B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chemical Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51787B9E" w14:textId="59A3D699" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="002F50F9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004343B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CAS Number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688BACFE" w14:textId="77777777" w:rsidR="002F50F9" w:rsidRDefault="002F50F9" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5307B007" w14:textId="68F8EF68" w:rsidR="0060036A" w:rsidRDefault="0060036A" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31055414" w14:textId="3477614D" w:rsidR="0060036A" w:rsidRDefault="0060036A" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
@@ -7822,103 +6855,91 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   MM/DD/YY</w:t>
       </w:r>
       <w:r w:rsidR="000A1709">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C102193" w14:textId="7B41143C" w:rsidR="00803871" w:rsidRPr="0060036A" w:rsidRDefault="004517F8" w:rsidP="004517F8">
+    <w:p w14:paraId="2C102193" w14:textId="61E878E3" w:rsidR="00803871" w:rsidRPr="0060036A" w:rsidRDefault="004517F8" w:rsidP="004517F8">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prior to conducting any work with</w:t>
       </w:r>
       <w:r w:rsidR="002153A4" w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...26 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="000C57C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REPRODUCTIVE TOXICANT</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:r w:rsidR="00FF0A21">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  listed in Section 1 of this SOP</w:t>
       </w:r>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Principal Investigator must ensure that all laboratory personnel receive training on the content of this SOP</w:t>
       </w:r>
       <w:r w:rsidR="00422149">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and have read </w:t>
       </w:r>
       <w:r w:rsidR="00FF0A21">
@@ -8091,1186 +7112,712 @@
           <w:p w14:paraId="0F18EF4D" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC7D29">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="25595B52" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...37 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F81254" w14:textId="2D1A62AB" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67E3F0C3" w14:textId="58F74C1E" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...43 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E985749" w14:textId="4DB65B09" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="176A373C" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...50 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70111D6C" w14:textId="13B7C1ED" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BA2A0C2" w14:textId="526CF019" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...43 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FE1B4E" w14:textId="665B4870" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="418B1D49" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D5BF9A" w14:textId="05E3D63E" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="032469BD" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F935A1" w14:textId="5B49ABD6" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="2EF15D8F" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EF420E" w14:textId="336EA2AE" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45C5BFF8" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E625F5D" w14:textId="1CE95764" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="47293EA9" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9F0A91" w14:textId="73564622" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C6551C9" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55FF88A0" w14:textId="79A2EF1A" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="611CEDA2" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1455BFC0" w14:textId="2305F691" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38A9E0DF" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6824A6B9" w14:textId="363D1155" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="2881337D" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD5454E" w14:textId="3C82D7DB" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69D098ED" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0287A2E7" w14:textId="21426E1A" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="4BAA3771" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA10565" w14:textId="1B033392" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F58F35E" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727D4AC4" w14:textId="6385C1D1" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="1CAD4903" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1DB5CD" w14:textId="4DE4C44C" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AD46BCF" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4238EB72" w14:textId="72D85667" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="27556FA6" w14:textId="3D60DFEF" w:rsidR="00D8294B" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D8294B" w:rsidSect="00995C8B">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="083549FF" w14:textId="77777777" w:rsidR="0066558C" w:rsidRDefault="0066558C" w:rsidP="00E83E8B">
+    <w:p w14:paraId="0DA4C681" w14:textId="77777777" w:rsidR="008B0CEF" w:rsidRDefault="008B0CEF" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49DC8AA8" w14:textId="77777777" w:rsidR="0066558C" w:rsidRDefault="0066558C" w:rsidP="00E83E8B">
+    <w:p w14:paraId="4BE20BA4" w14:textId="77777777" w:rsidR="008B0CEF" w:rsidRDefault="008B0CEF" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="32475513"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="79230BE6" w14:textId="15753C05" w:rsidR="001700DC" w:rsidRDefault="001700DC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD56DD">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6F5C5090" w14:textId="04D996B7" w:rsidR="001700DC" w:rsidRPr="003F68E4" w:rsidRDefault="003F68E4">
+  <w:p w14:paraId="6F5C5090" w14:textId="5C0C57FC" w:rsidR="001700DC" w:rsidRPr="003F68E4" w:rsidRDefault="003F68E4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">DEHS </w:t>
     </w:r>
     <w:r w:rsidR="000C57C7">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
@@ -9285,162 +7832,132 @@
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>S</w:t>
     </w:r>
     <w:r w:rsidR="000A4144">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> SOP Template Date:  0</w:t>
+      <w:t xml:space="preserve"> SOP Template Date:  </w:t>
     </w:r>
-    <w:r w:rsidR="005E4365">
+    <w:r w:rsidR="00664A2F">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00422149">
+    <w:r w:rsidR="00664A2F">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>29</w:t>
     </w:r>
-    <w:r w:rsidR="005E4365">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>-202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A20451">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>-202</w:t>
-[...8 lines deleted...]
-      </w:rPr>
       <w:t>5</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="231CDAB4" w14:textId="77777777" w:rsidR="0066558C" w:rsidRDefault="0066558C" w:rsidP="00E83E8B">
+    <w:p w14:paraId="504B928E" w14:textId="77777777" w:rsidR="008B0CEF" w:rsidRDefault="008B0CEF" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60F239BB" w14:textId="77777777" w:rsidR="0066558C" w:rsidRDefault="0066558C" w:rsidP="00E83E8B">
+    <w:p w14:paraId="4DD8EBA1" w14:textId="77777777" w:rsidR="008B0CEF" w:rsidRDefault="008B0CEF" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14222A1B" w14:textId="6DF1B90C" w:rsidR="001700DC" w:rsidRPr="00B606C2" w:rsidRDefault="001700DC" w:rsidP="00B606C2">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6995324A" w14:textId="5FFCAD2C" w:rsidR="001700DC" w:rsidRDefault="001700DC" w:rsidP="00352F12">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="7867"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00B606C2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
@@ -9474,60 +7991,50 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2145017" cy="438522"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A341F3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1D886CE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -13297,65 +11804,69 @@
     <w:rsid w:val="0022223B"/>
     <w:rsid w:val="0022345A"/>
     <w:rsid w:val="0022458A"/>
     <w:rsid w:val="002369A3"/>
     <w:rsid w:val="00245E50"/>
     <w:rsid w:val="0024633C"/>
     <w:rsid w:val="00253494"/>
     <w:rsid w:val="0025594D"/>
     <w:rsid w:val="00261C7C"/>
     <w:rsid w:val="00263ED1"/>
     <w:rsid w:val="00265CA6"/>
     <w:rsid w:val="002677E7"/>
     <w:rsid w:val="00274145"/>
     <w:rsid w:val="00281C19"/>
     <w:rsid w:val="002911EC"/>
     <w:rsid w:val="00291764"/>
     <w:rsid w:val="00293660"/>
     <w:rsid w:val="002959D4"/>
     <w:rsid w:val="002A11BF"/>
     <w:rsid w:val="002A4528"/>
     <w:rsid w:val="002A5C26"/>
     <w:rsid w:val="002A7020"/>
     <w:rsid w:val="002C376A"/>
     <w:rsid w:val="002C4549"/>
     <w:rsid w:val="002C4A8E"/>
+    <w:rsid w:val="002D4D98"/>
     <w:rsid w:val="002D5566"/>
     <w:rsid w:val="002D6A72"/>
     <w:rsid w:val="002E0D97"/>
     <w:rsid w:val="002E0EF3"/>
     <w:rsid w:val="002E12DA"/>
+    <w:rsid w:val="002F50F9"/>
     <w:rsid w:val="002F75AC"/>
     <w:rsid w:val="0030054F"/>
     <w:rsid w:val="003008DB"/>
     <w:rsid w:val="003050C2"/>
     <w:rsid w:val="00307C1C"/>
     <w:rsid w:val="00315CB3"/>
     <w:rsid w:val="0032356F"/>
+    <w:rsid w:val="00331B2D"/>
     <w:rsid w:val="003467D3"/>
     <w:rsid w:val="003467F1"/>
     <w:rsid w:val="003501E7"/>
+    <w:rsid w:val="003509F4"/>
     <w:rsid w:val="00351146"/>
     <w:rsid w:val="00352F12"/>
     <w:rsid w:val="003534D8"/>
     <w:rsid w:val="00355D5D"/>
     <w:rsid w:val="00363BCA"/>
     <w:rsid w:val="00366414"/>
     <w:rsid w:val="00366DA6"/>
     <w:rsid w:val="00377CE8"/>
     <w:rsid w:val="00377FD5"/>
     <w:rsid w:val="003875D1"/>
     <w:rsid w:val="003904D4"/>
     <w:rsid w:val="003950E9"/>
     <w:rsid w:val="003A3A28"/>
     <w:rsid w:val="003A5F04"/>
     <w:rsid w:val="003A6550"/>
     <w:rsid w:val="003A7100"/>
     <w:rsid w:val="003C4ECE"/>
     <w:rsid w:val="003F1BDE"/>
     <w:rsid w:val="003F4B81"/>
     <w:rsid w:val="003F564F"/>
     <w:rsid w:val="003F68E4"/>
     <w:rsid w:val="00411845"/>
     <w:rsid w:val="0042054A"/>
     <w:rsid w:val="00422149"/>
     <w:rsid w:val="00426401"/>
@@ -13402,55 +11913,57 @@
     <w:rsid w:val="0059591C"/>
     <w:rsid w:val="00597996"/>
     <w:rsid w:val="005A2564"/>
     <w:rsid w:val="005A36A1"/>
     <w:rsid w:val="005A6434"/>
     <w:rsid w:val="005A6FB3"/>
     <w:rsid w:val="005B42FA"/>
     <w:rsid w:val="005C1195"/>
     <w:rsid w:val="005C45CE"/>
     <w:rsid w:val="005C7E09"/>
     <w:rsid w:val="005D45CE"/>
     <w:rsid w:val="005E4365"/>
     <w:rsid w:val="005E5049"/>
     <w:rsid w:val="005E51B8"/>
     <w:rsid w:val="005F2CF3"/>
     <w:rsid w:val="005F3214"/>
     <w:rsid w:val="005F6AA0"/>
     <w:rsid w:val="0060036A"/>
     <w:rsid w:val="00604B1F"/>
     <w:rsid w:val="006137A5"/>
     <w:rsid w:val="006178F3"/>
     <w:rsid w:val="00637757"/>
     <w:rsid w:val="00654548"/>
     <w:rsid w:val="00657ED6"/>
     <w:rsid w:val="00661211"/>
+    <w:rsid w:val="00664A2F"/>
     <w:rsid w:val="0066558C"/>
     <w:rsid w:val="00667D37"/>
     <w:rsid w:val="006716E0"/>
     <w:rsid w:val="00672441"/>
     <w:rsid w:val="006762A5"/>
+    <w:rsid w:val="00677D83"/>
     <w:rsid w:val="00692184"/>
     <w:rsid w:val="00693B64"/>
     <w:rsid w:val="00693D76"/>
     <w:rsid w:val="00697EC1"/>
     <w:rsid w:val="006B56F3"/>
     <w:rsid w:val="006B62B0"/>
     <w:rsid w:val="006E290A"/>
     <w:rsid w:val="006E66B2"/>
     <w:rsid w:val="00702802"/>
     <w:rsid w:val="007030AD"/>
     <w:rsid w:val="0070690C"/>
     <w:rsid w:val="00712B4D"/>
     <w:rsid w:val="007146BD"/>
     <w:rsid w:val="007268C5"/>
     <w:rsid w:val="00734BB8"/>
     <w:rsid w:val="007403D9"/>
     <w:rsid w:val="00741182"/>
     <w:rsid w:val="00763952"/>
     <w:rsid w:val="007657E1"/>
     <w:rsid w:val="00765F96"/>
     <w:rsid w:val="007726CA"/>
     <w:rsid w:val="00774D0A"/>
     <w:rsid w:val="007832A9"/>
     <w:rsid w:val="00786196"/>
     <w:rsid w:val="00786537"/>
@@ -13465,50 +11978,51 @@
     <w:rsid w:val="007E5FE7"/>
     <w:rsid w:val="007F0C45"/>
     <w:rsid w:val="00803871"/>
     <w:rsid w:val="008147B3"/>
     <w:rsid w:val="00817603"/>
     <w:rsid w:val="00827148"/>
     <w:rsid w:val="00837AFC"/>
     <w:rsid w:val="0084116F"/>
     <w:rsid w:val="0084580A"/>
     <w:rsid w:val="00850978"/>
     <w:rsid w:val="00850D07"/>
     <w:rsid w:val="008527C6"/>
     <w:rsid w:val="00866AE7"/>
     <w:rsid w:val="00867210"/>
     <w:rsid w:val="00867A09"/>
     <w:rsid w:val="00875CC9"/>
     <w:rsid w:val="008763CA"/>
     <w:rsid w:val="00891D4B"/>
     <w:rsid w:val="00895306"/>
     <w:rsid w:val="008A0B0F"/>
     <w:rsid w:val="008A2498"/>
     <w:rsid w:val="008A2598"/>
     <w:rsid w:val="008A7A4F"/>
     <w:rsid w:val="008A7C18"/>
     <w:rsid w:val="008B05A4"/>
+    <w:rsid w:val="008B0CEF"/>
     <w:rsid w:val="008B5E9D"/>
     <w:rsid w:val="008B70AD"/>
     <w:rsid w:val="008C4AEC"/>
     <w:rsid w:val="008C4B9E"/>
     <w:rsid w:val="008D1C2A"/>
     <w:rsid w:val="008D55CD"/>
     <w:rsid w:val="008D5D4D"/>
     <w:rsid w:val="008F086E"/>
     <w:rsid w:val="008F3F84"/>
     <w:rsid w:val="008F73D6"/>
     <w:rsid w:val="00914DCE"/>
     <w:rsid w:val="00917F75"/>
     <w:rsid w:val="0092044F"/>
     <w:rsid w:val="00922497"/>
     <w:rsid w:val="0092327A"/>
     <w:rsid w:val="00924486"/>
     <w:rsid w:val="00925897"/>
     <w:rsid w:val="00931907"/>
     <w:rsid w:val="00932D37"/>
     <w:rsid w:val="00936C3C"/>
     <w:rsid w:val="009452B5"/>
     <w:rsid w:val="00945316"/>
     <w:rsid w:val="00952B71"/>
     <w:rsid w:val="00956E0B"/>
     <w:rsid w:val="00960C90"/>
@@ -13575,107 +12089,113 @@
     <w:rsid w:val="00B4188D"/>
     <w:rsid w:val="00B50CCA"/>
     <w:rsid w:val="00B5589C"/>
     <w:rsid w:val="00B606C2"/>
     <w:rsid w:val="00B6326D"/>
     <w:rsid w:val="00B64BF8"/>
     <w:rsid w:val="00B666E2"/>
     <w:rsid w:val="00B80F97"/>
     <w:rsid w:val="00BA1D8B"/>
     <w:rsid w:val="00BB2A80"/>
     <w:rsid w:val="00BC5EDE"/>
     <w:rsid w:val="00BE143C"/>
     <w:rsid w:val="00BE6561"/>
     <w:rsid w:val="00C03B9C"/>
     <w:rsid w:val="00C05A3E"/>
     <w:rsid w:val="00C060FA"/>
     <w:rsid w:val="00C06795"/>
     <w:rsid w:val="00C13828"/>
     <w:rsid w:val="00C15518"/>
     <w:rsid w:val="00C15C75"/>
     <w:rsid w:val="00C166DD"/>
     <w:rsid w:val="00C16779"/>
     <w:rsid w:val="00C30D5F"/>
     <w:rsid w:val="00C406D4"/>
     <w:rsid w:val="00C42C49"/>
+    <w:rsid w:val="00C44E9F"/>
     <w:rsid w:val="00C4534E"/>
     <w:rsid w:val="00C524C2"/>
     <w:rsid w:val="00C53F42"/>
+    <w:rsid w:val="00C5629B"/>
     <w:rsid w:val="00C56884"/>
     <w:rsid w:val="00C571C9"/>
     <w:rsid w:val="00C66390"/>
     <w:rsid w:val="00C8015A"/>
     <w:rsid w:val="00C83F93"/>
     <w:rsid w:val="00C87913"/>
     <w:rsid w:val="00C87E1C"/>
     <w:rsid w:val="00CA001D"/>
     <w:rsid w:val="00CA1762"/>
     <w:rsid w:val="00CA446C"/>
     <w:rsid w:val="00CB63CA"/>
     <w:rsid w:val="00CB68ED"/>
     <w:rsid w:val="00CC0398"/>
+    <w:rsid w:val="00CC6068"/>
     <w:rsid w:val="00CD010E"/>
     <w:rsid w:val="00CE09C4"/>
+    <w:rsid w:val="00CE5CCE"/>
     <w:rsid w:val="00CF4FEE"/>
     <w:rsid w:val="00D00746"/>
     <w:rsid w:val="00D02248"/>
     <w:rsid w:val="00D0285F"/>
     <w:rsid w:val="00D122D3"/>
     <w:rsid w:val="00D12475"/>
+    <w:rsid w:val="00D1368E"/>
     <w:rsid w:val="00D139D7"/>
     <w:rsid w:val="00D15102"/>
     <w:rsid w:val="00D20EB5"/>
     <w:rsid w:val="00D31EDA"/>
     <w:rsid w:val="00D36CEC"/>
     <w:rsid w:val="00D443B9"/>
     <w:rsid w:val="00D51D80"/>
     <w:rsid w:val="00D81038"/>
     <w:rsid w:val="00D81799"/>
     <w:rsid w:val="00D8294B"/>
     <w:rsid w:val="00D847C9"/>
     <w:rsid w:val="00D93BE0"/>
     <w:rsid w:val="00DA21D9"/>
     <w:rsid w:val="00DA75B5"/>
     <w:rsid w:val="00DB401B"/>
     <w:rsid w:val="00DB70FD"/>
     <w:rsid w:val="00DC39EF"/>
     <w:rsid w:val="00DC6539"/>
     <w:rsid w:val="00DC7737"/>
     <w:rsid w:val="00DC7D29"/>
     <w:rsid w:val="00DD0A3F"/>
     <w:rsid w:val="00DD112F"/>
     <w:rsid w:val="00DD2AC2"/>
     <w:rsid w:val="00DD4276"/>
     <w:rsid w:val="00DF4A6C"/>
     <w:rsid w:val="00DF4FA9"/>
     <w:rsid w:val="00DF56BA"/>
     <w:rsid w:val="00E07301"/>
     <w:rsid w:val="00E10CA5"/>
     <w:rsid w:val="00E1617A"/>
     <w:rsid w:val="00E25791"/>
     <w:rsid w:val="00E33613"/>
     <w:rsid w:val="00E56087"/>
+    <w:rsid w:val="00E609F9"/>
     <w:rsid w:val="00E706C6"/>
     <w:rsid w:val="00E7666B"/>
     <w:rsid w:val="00E7766A"/>
     <w:rsid w:val="00E83E8B"/>
     <w:rsid w:val="00E842B3"/>
     <w:rsid w:val="00E862B8"/>
     <w:rsid w:val="00EB22B5"/>
     <w:rsid w:val="00EB3D47"/>
     <w:rsid w:val="00EC0841"/>
     <w:rsid w:val="00ED0120"/>
     <w:rsid w:val="00ED793B"/>
     <w:rsid w:val="00EE0931"/>
     <w:rsid w:val="00EE101E"/>
     <w:rsid w:val="00EE4768"/>
     <w:rsid w:val="00F02A25"/>
     <w:rsid w:val="00F0625E"/>
     <w:rsid w:val="00F13346"/>
     <w:rsid w:val="00F15398"/>
     <w:rsid w:val="00F155F6"/>
     <w:rsid w:val="00F16E72"/>
     <w:rsid w:val="00F2091D"/>
     <w:rsid w:val="00F212B5"/>
     <w:rsid w:val="00F54733"/>
     <w:rsid w:val="00F7032C"/>
     <w:rsid w:val="00F771AB"/>
@@ -17504,891 +16024,61 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2147236179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://louisville.edu/dehs/waste-disposal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chematix@louisville.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam11.safelinks.protection.outlook.com/?url=https%3A%2F%2Flouisville.chematix.com%2FChematix%2FLogin&amp;data=05%7C01%7Ccathy.price%40louisville.edu%7C7defebafbd5b4a4708b408db2bd23558%7Cdd246e4a54344e158ae391ad9797b209%7C0%7C0%7C638151954059075029%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=ir8HFq3XcSwyBekLdNGIKGMSOUu5R%2F5GIn2KrV9Xlew%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://louisville.edu/dehs/waste-disposal" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chematix@louisville.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...831 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18652,67 +16342,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D112715-BB43-476F-9C77-513C8714562E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9743</Characters>
+  <Pages>7</Pages>
+  <Words>1431</Words>
+  <Characters>8394</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>233</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Purdue University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11430</CharactersWithSpaces>
+  <CharactersWithSpaces>9867</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Estey Theriault</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>