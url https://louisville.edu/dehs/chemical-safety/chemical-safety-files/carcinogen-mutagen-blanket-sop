--- v0 (2025-10-04)
+++ v1 (2025-11-22)
@@ -1,48 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0B65004D" w14:textId="727D4411" w:rsidR="005A6434" w:rsidRPr="00B606C2" w:rsidRDefault="005A6434" w:rsidP="00411845">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B606C2">
@@ -901,255 +896,188 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E17EC14" w14:textId="77777777" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Building/Room(s) covered by this SOP:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C88238" w14:textId="2E18E285" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="000A27AF">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w14:paraId="709FE5C0" w14:textId="77777777" w:rsidTr="003F4B81">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="583B51A0" w14:textId="39E7079E" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk129355724"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...42 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B74A07" w14:textId="7836F3EB" w:rsidR="00C87E1C" w:rsidRPr="00DC7D29" w:rsidRDefault="00C87E1C" w:rsidP="005F3214">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F3214" w:rsidRPr="00DC7D29" w14:paraId="75D5DAFA" w14:textId="77777777" w:rsidTr="003F4B81">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113FBED5" w14:textId="717F40D4" w:rsidR="005F3214" w:rsidRDefault="005F3214" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Principal Investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5588A2AE" w14:textId="3904622C" w:rsidR="005F3214" w:rsidRDefault="005F3214" w:rsidP="00993A44">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C28A7" w:rsidRPr="00DC7D29" w14:paraId="1C5FE85C" w14:textId="77777777" w:rsidTr="003F4B81">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A0616EC" w14:textId="0F4EF2F9" w:rsidR="004C28A7" w:rsidRDefault="004C28A7" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1220,97 +1148,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r w:rsidR="0070690C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SOP written</w:t>
             </w:r>
             <w:r w:rsidR="004C28A7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, approved by PI</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...45 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1416" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9D36BE" w14:textId="7B90B42A" w:rsidR="002959D4" w:rsidRDefault="002959D4" w:rsidP="00993A44">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="73A7541C" w14:textId="6D85E8E0" w:rsidR="002959D4" w:rsidRDefault="002959D4" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1362,94 +1262,71 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C080950" w14:textId="5B68C8A4" w:rsidR="004C28A7" w:rsidRPr="00DC7D29" w:rsidRDefault="004C28A7" w:rsidP="001700DC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lab Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...42 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5A3321" w14:textId="407B9BD7" w:rsidR="004C28A7" w:rsidRPr="00DC7D29" w:rsidRDefault="004C28A7" w:rsidP="001700DC">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C28A7" w14:paraId="189023F5" w14:textId="77777777" w:rsidTr="001700DC">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73CE1A38" w14:textId="03B42817" w:rsidR="004C28A7" w:rsidRDefault="004C28A7" w:rsidP="001700DC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1561,50 +1438,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09A416B1" w14:textId="6B9D8674" w:rsidR="001C688D" w:rsidRDefault="00422149" w:rsidP="00C87E1C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lab Specific Carcinogen(s) </w:t>
       </w:r>
       <w:r w:rsidR="00B759E7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">AND/OR Mutagens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>covered by this SOP:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71994375" w14:textId="675FA5FC" w:rsidR="00105A49" w:rsidRPr="00105A49" w:rsidRDefault="00763D37" w:rsidP="00C87E1C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
@@ -1646,69 +1524,58 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> purchase </w:t>
       </w:r>
       <w:r w:rsidR="00105A49">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">carcinogen </w:t>
       </w:r>
       <w:r w:rsidR="001B01C6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and mutagen </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00105A49">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>chemical</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> in smallest </w:t>
+        <w:t xml:space="preserve">chemical in smallest </w:t>
       </w:r>
       <w:r w:rsidR="00105A49" w:rsidRPr="00105A49">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>container</w:t>
       </w:r>
       <w:r w:rsidR="00105A49">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> size </w:t>
       </w:r>
       <w:r w:rsidR="001032B8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2087,220 +1954,180 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ized PI Lab M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>anager</w:t>
       </w:r>
       <w:r w:rsidRPr="008F3F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: add more rows as needed)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A81FFB" w14:textId="77777777" w:rsidR="00774FBB" w:rsidRDefault="00774FBB" w:rsidP="00C87E1C">
+    <w:p w14:paraId="41BFFE0A" w14:textId="0CDFBF32" w:rsidR="00F909E2" w:rsidRDefault="00411845" w:rsidP="00C87E1C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00C87E1C" w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Section </w:t>
+        <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="00C87E1C" w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C4549">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90736">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C87E1C" w:rsidRPr="002C4549">
+        <w:t xml:space="preserve">Potential </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36CEC" w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Hazards</w:t>
       </w:r>
       <w:r w:rsidR="00F90736">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Potential </w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>/Toxicity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F78BCD" w14:textId="4D4C8183" w:rsidR="007F0C45" w:rsidRDefault="00000000" w:rsidP="007F0C45">
+    <w:p w14:paraId="48F78BCD" w14:textId="2D057F02" w:rsidR="007F0C45" w:rsidRDefault="00AC54DA" w:rsidP="007F0C45">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4152"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...32 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B759E7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND/OR MUTAGENS </w:t>
+      </w:r>
       <w:r w:rsidR="007F0C45">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F3F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">listed </w:t>
       </w:r>
-      <w:r w:rsidR="00AC54DA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>specific chemical</w:t>
       </w:r>
       <w:r w:rsidR="008F3F84">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00AC54DA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F0C45">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>current manufacturer-specific Safety Data Sheet</w:t>
       </w:r>
       <w:r w:rsidR="00432BF5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F0C45">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2327,219 +2154,124 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021404E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CARCINOGEN </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>compounds are chronic toxins with long latency periods that can cause damage after repeated or long duration exposures and often do not have immediate harmful effects. Users can be exposed to these compounds through inhalation, ingestion, and/or dermal absorption.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A66FC9" w14:textId="16DF2ED9" w:rsidR="00AC54DA" w:rsidRDefault="00000000" w:rsidP="00C43733">
+    <w:p w14:paraId="41A66FC9" w14:textId="3E25CBC1" w:rsidR="00AC54DA" w:rsidRDefault="00AC54DA" w:rsidP="00C43733">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...100 lines deleted...]
-      <w:r w:rsidR="00AC54DA" w:rsidRPr="00AC54DA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
+      <w:r w:rsidR="00D81799" w:rsidRPr="00C8015A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">covered under this SOP are defined as </w:t>
       </w:r>
       <w:r w:rsidR="00105A49">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">solid and liquid </w:t>
       </w:r>
-      <w:r w:rsidR="00AC54DA" w:rsidRPr="00AC54DA">
+      <w:r w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>materials</w:t>
       </w:r>
       <w:r w:rsidR="00C43733">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, r</w:t>
       </w:r>
-      <w:r w:rsidR="00AC54DA" w:rsidRPr="00AC54DA">
+      <w:r w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>egulated by OSHA as a carcinogen</w:t>
       </w:r>
       <w:r w:rsidR="00C43733">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, as follows:</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="291B4232" w14:textId="3001B82C" w:rsidR="00AC54DA" w:rsidRPr="00AC54DA" w:rsidRDefault="00AC54DA" w:rsidP="00AC54DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Listed under the category, “known to be carcinogens,” in the Annual Report on Carcinogens published by the National Toxicology Program (NPT) latest edition</w:t>
       </w:r>
       <w:r w:rsidR="00C43733">
         <w:rPr>
@@ -2656,169 +2388,199 @@
       <w:r w:rsidR="00C43733">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>check SDS Section 11)</w:t>
       </w:r>
       <w:r w:rsidR="00384F6F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009B22CE" w:rsidRPr="009B22CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19328477" w14:textId="77777777" w:rsidR="00487C79" w:rsidRDefault="00487C79" w:rsidP="00487C79">
+    <w:p w14:paraId="2954EC28" w14:textId="77777777" w:rsidR="00774FBB" w:rsidRPr="00B730E4" w:rsidRDefault="00774FBB" w:rsidP="00774FBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A8CDF08" w14:textId="77777777" w:rsidR="00774FBB" w:rsidRDefault="00774FBB" w:rsidP="00774FBB">
-[...20 lines deleted...]
-    <w:p w14:paraId="62C9FAB6" w14:textId="371ACF3B" w:rsidR="00384F6F" w:rsidRDefault="00487C79" w:rsidP="00AC54DA">
+    <w:p w14:paraId="35F09B86" w14:textId="18689CEE" w:rsidR="00B730E4" w:rsidRDefault="00487C79" w:rsidP="00B730E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OSHA </w:t>
       </w:r>
       <w:r w:rsidR="00384F6F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">GHS </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>GHS Carcinogen</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3B8B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
       <w:r w:rsidR="00384F6F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Carcinogencity</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>city Category 1, 1A, 1B, or 2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE530D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">check </w:t>
+      </w:r>
       <w:r w:rsidR="00384F6F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Category 1, 1A, 1B, or 2 (</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>SDS Section 2.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C379FF" w14:textId="07702EBB" w:rsidR="00774FBB" w:rsidRPr="00774FBB" w:rsidRDefault="002C0336" w:rsidP="00774FBB">
-      <w:pPr>
+    <w:p w14:paraId="4177BB5F" w14:textId="77777777" w:rsidR="00B730E4" w:rsidRPr="00B730E4" w:rsidRDefault="00B730E4" w:rsidP="00B730E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C379FF" w14:textId="77504391" w:rsidR="00774FBB" w:rsidRPr="00B730E4" w:rsidRDefault="00B730E4" w:rsidP="00B730E4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00B730E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="210349D2" wp14:editId="0BEA6B82">
+            <wp:extent cx="6532245" cy="1390650"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:docPr id="1838938740" name="Picture 1" descr="A close-up of a list of medical records&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1838938740" name="Picture 1" descr="A close-up of a list of medical records&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6567831" cy="1398226"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="002C0336">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75BD7A7F" wp14:editId="22F8E451">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>93945</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1337127</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5536504" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1047004475" name="Straight Connector 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5536504" cy="0"/>
                         </a:xfrm>
@@ -2832,261 +2594,131 @@
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="61D4223F" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="7.4pt,105.3pt" to="443.35pt,105.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsKAUImQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QLXaGo6T7sCl4Q&#10;rLh8gNcZNxa2xxqbJv17xm6bIkAIIV4cX845M2dmsr2bvRMHoGQx9HK9aqWAoHGwYd/LL5/fvHgt&#10;RcoqDMphgF4eIcm73fNn2yl2cIMjugFIsEhI3RR7OeYcu6ZJegSv0gojBH40SF5lPtK+GUhNrO5d&#10;c9O2t82ENERCDSnx7cPpUe6qvjGg8wdjEmThesm55bpSXZ/K2uy2qtuTiqPV5zTUP2ThlQ0cdJF6&#10;UFmJb2R/kfJWEyY0eaXRN2iM1VA9sJt1+5ObT6OKUL1wcVJcypT+n6x+f7gPj8RlmGLqUnyk4mI2&#10;5MuX8xNzLdZxKRbMWWi+3Gxe3m7aV1Loy1tzJUZK+S2gF2XTS2dD8aE6dXiXMgdj6AXCh2voustH&#10;BwXswkcwwg4cbF3ZdSrg3pE4KO7n8HVd+sdaFVkoxjq3kNo/k87YQoM6KX9LXNA1Ioa8EL0NSL+L&#10;mudLquaEv7g+eS22n3A41kbUcnC7q7PzaJZ5+vFc6dcfaPcdAAD//wMAUEsDBBQABgAIAAAAIQCN&#10;tMKy3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4s0ubBgiyNMa2Jz0g&#10;evC4ZUcgZWcJuwX01zsmJnp8817e+ybfLbYXE46+c6RgvYpAINXOdNQoeHs93qUgfNBkdO8IFXyi&#10;h11xfZXrzLiZXnCqQiO4hHymFbQhDJmUvm7Rar9yAxJ7H260OrAcG2lGPXO57eUmimJpdUe80OoB&#10;H1usz9XFKkgOT1U5zPvnr1ImsiwnF9Lzu1K3N8vDPYiAS/gLww8+o0PBTCd3IeNFz3rL5EHBZh3F&#10;IDiQpnEC4vR7kUUu/79QfAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAsKAUImQEAAIgD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNtMKy3QAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAAPMDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" strokecolor="black [3040]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="001B01C6">
-[...99 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6163AB9F" w14:textId="308ABFB6" w:rsidR="00B759E7" w:rsidRDefault="00000000" w:rsidP="00B759E7">
+    <w:p w14:paraId="6163AB9F" w14:textId="11B98B5B" w:rsidR="00B759E7" w:rsidRDefault="00B759E7" w:rsidP="00B759E7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...46 lines deleted...]
-      <w:r w:rsidR="00B759E7" w:rsidRPr="00AC54DA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MUTAGENS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8015A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">covered under this SOP are defined as </w:t>
       </w:r>
-      <w:r w:rsidR="00B759E7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">solid and liquid </w:t>
       </w:r>
-      <w:r w:rsidR="00B759E7" w:rsidRPr="00AC54DA">
+      <w:r w:rsidRPr="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>materials</w:t>
       </w:r>
-      <w:r w:rsidR="00B759E7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8F1112" w14:textId="22640B07" w:rsidR="00B759E7" w:rsidRDefault="00B759E7" w:rsidP="00B759E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00B759E7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hemical that cause</w:t>
       </w:r>
       <w:r w:rsidR="00487C79">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B759E7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> permanent changes in the amount or structure of the genetic material in a cell. Chemicals classified as mutagens in accordance with the Hazard Communication Standard (§ 1910.1200) shall be considered mutagens for purposes of this section.</w:t>
@@ -3619,69 +3251,51 @@
       </w:r>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008527C6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gloves must be inspected prior to each use. Use proper glove removal technique (without touching </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> surface of the gloves) to avoid skin contact with </w:t>
+        <w:t xml:space="preserve">Gloves must be inspected prior to each use. Use proper glove removal technique (without touching outer surface of the gloves) to avoid skin contact with </w:t>
       </w:r>
       <w:r w:rsidR="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CARCINOGENS</w:t>
       </w:r>
       <w:r w:rsidR="00C8015A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B01C6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AND/OR MUTAGENS </w:t>
       </w:r>
@@ -3943,51 +3557,69 @@
         </w:rPr>
         <w:t>securely closed</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00924486" w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> full length. Personnel must also wear full length pants, or equivalent, </w:t>
+        <w:t xml:space="preserve"> full length. Personnel must also wear </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C4549">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>full length</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C4549">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pants, or equivalent, </w:t>
       </w:r>
       <w:r w:rsidR="00932D37" w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">socks, </w:t>
       </w:r>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and close-toed </w:t>
       </w:r>
       <w:r w:rsidR="00F155F6" w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and closed-heeled </w:t>
       </w:r>
@@ -4000,51 +3632,50 @@
         <w:t>shoes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB3EACE" w14:textId="2E8320E7" w:rsidR="00C87E1C" w:rsidRPr="002C4549" w:rsidRDefault="00C87E1C" w:rsidP="00C15518">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Respiratory Protection:</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4549">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC54DA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CARCINOGENS</w:t>
       </w:r>
       <w:r w:rsidR="00C8015A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4169,50 +3800,51 @@
         <w:t>First Aid Procedures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4074B0" w14:textId="0815271A" w:rsidR="001C688D" w:rsidRPr="00FB7D10" w:rsidRDefault="001C688D" w:rsidP="001C688D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Personnel exposure should be reported to PI immediately</w:t>
       </w:r>
       <w:r w:rsidRPr="001C688D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="001C688D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For assistance contact</w:t>
       </w:r>
       <w:r w:rsidRPr="001C688D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C688D">
@@ -4560,51 +4192,71 @@
       <w:r w:rsidR="00195B64" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or consult physician</w:t>
       </w:r>
       <w:r w:rsidR="00261C7C" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001700DC" w:rsidRPr="001700DC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>First check the victim for contact lenses and remove if present</w:t>
+        <w:t xml:space="preserve">First check the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001700DC" w:rsidRPr="001700DC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>victim for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001700DC" w:rsidRPr="001700DC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact lenses and remove if present</w:t>
       </w:r>
       <w:r w:rsidR="001700DC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="0032356F" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Flush eyes with water for </w:t>
       </w:r>
       <w:r w:rsidR="007E0DC8" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -4645,59 +4297,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> immediately to hospital</w:t>
       </w:r>
       <w:r w:rsidR="0032356F" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AEB2D90" w14:textId="0F200D87" w:rsidR="00C406D4" w:rsidRDefault="003F564F" w:rsidP="00DD4276">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>If swallowed</w:t>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD4276">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> swallowed</w:t>
       </w:r>
       <w:r w:rsidR="000E228A" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DD4276" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E0DC8" w:rsidRPr="00DD4276">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -5398,77 +5062,59 @@
         </w:rPr>
         <w:t>Safety Data sheet (</w:t>
       </w:r>
       <w:r w:rsidRPr="00925897">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDS</w:t>
       </w:r>
       <w:r w:rsidR="00A52AF3" w:rsidRPr="00925897">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00925897">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">be available </w:t>
+        <w:t xml:space="preserve"> must be available </w:t>
       </w:r>
       <w:r w:rsidR="000601FE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>at all times</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">at all times </w:t>
       </w:r>
       <w:r w:rsidRPr="00925897">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to personnel working in the laboratory</w:t>
       </w:r>
       <w:r w:rsidR="000601FE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E0A66FB" w14:textId="3D67C0AD" w:rsidR="009849FC" w:rsidRPr="00925897" w:rsidRDefault="003A5F04" w:rsidP="00261C7C">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
@@ -5748,62 +5394,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>call</w:t>
       </w:r>
       <w:r w:rsidR="004517F8" w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00195B64" w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>502-852-</w:t>
-[...10 lines deleted...]
-        <w:t>6111</w:t>
+        <w:t>502-852-6111</w:t>
       </w:r>
       <w:r w:rsidR="004517F8" w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. If personnel have become exposed and need medical assistance, </w:t>
       </w:r>
       <w:r w:rsidR="005F3214" w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>call</w:t>
       </w:r>
       <w:r w:rsidR="004517F8" w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5887,127 +5522,118 @@
         <w:t>outside of the chemical fume hood or other ventilated enclosure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F904FA" w14:textId="77777777" w:rsidR="00A855A7" w:rsidRPr="00A855A7" w:rsidRDefault="00A855A7" w:rsidP="005901AE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Avoid breathing vapors and contact with skin and eyes. Wear protective clothing, rubber gloves and safety glasses. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D1C0D5" w14:textId="56625504" w:rsidR="00F54733" w:rsidRPr="00A855A7" w:rsidRDefault="00A855A7" w:rsidP="005901AE">
+    <w:p w14:paraId="22D1C0D5" w14:textId="47458C82" w:rsidR="00F54733" w:rsidRPr="00A855A7" w:rsidRDefault="00A855A7" w:rsidP="005901AE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Wipe up and absorb small quantities with vermiculite or other absorbent material. Place spilled clean up materials in lab chemical solid waste container or </w:t>
       </w:r>
       <w:r w:rsidR="007700F1">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>plastic</w:t>
       </w:r>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bag </w:t>
       </w:r>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">marked as </w:t>
       </w:r>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0336">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hazardous waste </w:t>
       </w:r>
-      <w:sdt>
-[...16 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00AC54DA" w:rsidRPr="002C0336">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B759E7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AND/OR MUTAGENS </w:t>
       </w:r>
       <w:r w:rsidRPr="00A855A7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6246,797 +5872,185 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C406D4" w:rsidRPr="004A3581">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Waste Disposal Procedure</w:t>
       </w:r>
       <w:r w:rsidR="00A06BFA" w:rsidRPr="004A3581">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAB185E" w14:textId="7937403A" w:rsidR="006B62B0" w:rsidRDefault="00000000" w:rsidP="00B666E2">
+    <w:p w14:paraId="3FAB185E" w14:textId="7ECEBE77" w:rsidR="006B62B0" w:rsidRDefault="006B62B0" w:rsidP="00B666E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...351 lines deleted...]
-        <w:t>Label Waste</w:t>
+      <w:r w:rsidRPr="00B666E2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Label</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36E81">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ing, Proper Disposition and/or Waste Submission, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A7F04C" w14:textId="77777777" w:rsidR="00B666E2" w:rsidRPr="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E4EE989" w14:textId="1C0DBFB1" w:rsidR="002C0336" w:rsidRDefault="002C0336" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CARCINOGEN AND/OR MUTAGEN WASTE even Trace contaminated waste shall not be discarded into regular trash or down the sink or other drain. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192FF734" w14:textId="081F2804" w:rsidR="00B666E2" w:rsidRPr="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
+    <w:p w14:paraId="192FF734" w14:textId="16C0AD83" w:rsidR="00B666E2" w:rsidRPr="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Collect</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...312 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B759E7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AND/OR MUTAGENS</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BB2A80">
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4144">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">containing liquid waste </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>container not to exceed 1 gal</w:t>
       </w:r>
       <w:r w:rsidR="005F6AA0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Waste collection container must have a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7081,72 +6095,60 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> marked as </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Hazardous waste </w:t>
       </w:r>
-      <w:sdt>
-[...20 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C0336">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AND/OR MUTAGENS</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -7230,130 +6232,115 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and submit for DEHS </w:t>
       </w:r>
       <w:r w:rsidR="005F6AA0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">chemical waste </w:t>
       </w:r>
       <w:r w:rsidRPr="00B666E2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pick up</w:t>
       </w:r>
+      <w:r w:rsidR="00D36E81">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via Chematix</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2591D2" w14:textId="2DAA26FF" w:rsidR="00B666E2" w:rsidRPr="00BB2A80" w:rsidRDefault="00000000" w:rsidP="00B666E2">
+    <w:p w14:paraId="0F2591D2" w14:textId="22FE1579" w:rsidR="00B666E2" w:rsidRPr="00BB2A80" w:rsidRDefault="002C0336" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...54 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trace </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B759E7" w:rsidRPr="00B759E7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B759E7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AND/OR MUTAGENS</w:t>
+      </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B666E2" w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contaminated sharps (syringe, needle, </w:t>
       </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pipette tips, </w:t>
       </w:r>
@@ -7381,470 +6368,115 @@
         </w:rPr>
         <w:t xml:space="preserve"> be disposed in a puncture resistant sharps container </w:t>
       </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and discard</w:t>
       </w:r>
       <w:r w:rsidR="005F6AA0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> into medical waste </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> into medical waste box to be destroyed by incineration (Stericycle Yellow </w:t>
+      </w:r>
+      <w:r w:rsidR="00422149">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">QR </w:t>
+      </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>box</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t>code label) .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F57DC96" w14:textId="0E352951" w:rsidR="00B666E2" w:rsidRPr="00BB2A80" w:rsidRDefault="00000000" w:rsidP="00B666E2">
+    <w:p w14:paraId="2F57DC96" w14:textId="0F59594D" w:rsidR="00B666E2" w:rsidRPr="00BB2A80" w:rsidRDefault="002C0336" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...367 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trace </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B759E7" w:rsidRPr="00B759E7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B759E7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AND/OR MUTAGENS</w:t>
+      </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B666E2" w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contaminated </w:t>
       </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PPE (gloves, paper towels</w:t>
       </w:r>
@@ -7882,88 +6514,70 @@
         </w:rPr>
         <w:t>no free liquids</w:t>
       </w:r>
       <w:r w:rsidR="00B666E2" w:rsidRPr="00BB2A80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">shall be </w:t>
       </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">discarded into medical waste </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">discarded into medical waste box to be destroyed by incineration (Stericycle Yellow </w:t>
+      </w:r>
+      <w:r w:rsidR="00422149">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
       <w:r w:rsidR="00B666E2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>box</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> code label).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A213C5" w14:textId="67963293" w:rsidR="00B666E2" w:rsidRPr="00BB2A80" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
+    <w:p w14:paraId="40A213C5" w14:textId="7E9F5FF9" w:rsidR="00B666E2" w:rsidRDefault="00B666E2" w:rsidP="00B666E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Unwanted or expired containers </w:t>
       </w:r>
       <w:r w:rsidR="003016AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -7979,561 +6593,390 @@
         </w:rPr>
         <w:t>CARCINOGENS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C0336">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AND/OR MUTAGENS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>must be submitted for DEHS chemical waste pick up.</w:t>
+        <w:t>must be submitted for DEHS chemical waste pick up</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36E81">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via Chematix</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2FDED3" w14:textId="77777777" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
-[...30 lines deleted...]
-    <w:p w14:paraId="29F1F7B6" w14:textId="36A9F267" w:rsidR="006B62B0" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+    <w:p w14:paraId="002D22CA" w14:textId="77777777" w:rsidR="00D36E81" w:rsidRPr="00D36E81" w:rsidRDefault="00D36E81" w:rsidP="00D36E81">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...80 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00967B8E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...283 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have never used Chematix, contact DEHS at 852-6670 or </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00C53F42" w:rsidRPr="005E5F4E">
-[...34 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00967B8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>chematix@louisville.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00967B8E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for further assistance and training. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DB7FBD" w14:textId="4F46D861" w:rsidR="006B62B0" w:rsidRPr="00967B8E" w:rsidRDefault="00C53F42" w:rsidP="006B62B0">
+    <w:p w14:paraId="6FD525AF" w14:textId="77777777" w:rsidR="00D36E81" w:rsidRPr="00967B8E" w:rsidRDefault="00D36E81" w:rsidP="00D36E81">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00967B8E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For existing users of Chematix, Quick Reference Guides and Videos are available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00967B8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>https://louisville.edu/dehs/waste-disposal</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15E49AB3" w14:textId="77777777" w:rsidR="00F16E72" w:rsidRDefault="00F16E72" w:rsidP="0060036A">
+    <w:p w14:paraId="5F139665" w14:textId="77777777" w:rsidR="00D36E81" w:rsidRDefault="00D36E81" w:rsidP="00D36E81">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5947E304" w14:textId="05718676" w:rsidR="0060036A" w:rsidRDefault="00A06BFA" w:rsidP="0060036A">
+    <w:p w14:paraId="09840CF6" w14:textId="77777777" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Store Waste </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F1F7B6" w14:textId="36A9F267" w:rsidR="006B62B0" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Store </w:t>
+      </w:r>
+      <w:r w:rsidR="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">properly labeled </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hazardous waste closed containers</w:t>
+      </w:r>
+      <w:r w:rsidR="0060036A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in a designated location</w:t>
+      </w:r>
+      <w:r w:rsidR="00922497" w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the lab</w:t>
+      </w:r>
+      <w:r w:rsidR="0060036A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C53B5A" w14:textId="720497AF" w:rsidR="00967B8E" w:rsidRPr="00BB2A80" w:rsidRDefault="00967B8E" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Best management practice (BMP) is to store hazardous waste containers in secondary containment (i.e. polyethylene tray, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do not use </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3B8B" w:rsidRPr="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Styrofoam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B8B963" w14:textId="7A836B45" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB2A80">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Waste must be </w:t>
+      </w:r>
+      <w:r w:rsidR="00967B8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under control of the person generating the waste and stored at or near the process generating the waste (i.e. kept in the same </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD314F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lab or assigned pod).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D310938" w14:textId="77777777" w:rsidR="006B62B0" w:rsidRPr="00BB2A80" w:rsidRDefault="006B62B0" w:rsidP="006B62B0">
+      <w:pPr>
+        <w:spacing w:before="20" w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E49AB3" w14:textId="77777777" w:rsidR="00F16E72" w:rsidRDefault="00F16E72" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2405EBBB" w14:textId="77777777" w:rsidR="00D36E81" w:rsidRDefault="00D36E81" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05E04801" w14:textId="77777777" w:rsidR="00D36E81" w:rsidRDefault="00D36E81" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3D7E93" w14:textId="77777777" w:rsidR="00D36E81" w:rsidRDefault="00D36E81" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5947E304" w14:textId="0836F40E" w:rsidR="0060036A" w:rsidRDefault="00A06BFA" w:rsidP="0060036A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="004517F8" w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -8659,87 +7102,136 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C0336">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AND/OR MUTAGEN </w:t>
       </w:r>
       <w:r w:rsidRPr="003016AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lab SOP separately.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161BC98A" w14:textId="4590D0B0" w:rsidR="003016AF" w:rsidRPr="003016AF" w:rsidRDefault="003016AF" w:rsidP="0060036A">
+    <w:p w14:paraId="161BC98A" w14:textId="4590D0B0" w:rsidR="003016AF" w:rsidRDefault="003016AF" w:rsidP="0060036A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003016AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Carcinogen </w:t>
       </w:r>
       <w:r w:rsidR="00B759E7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(or Mutagen) </w:t>
       </w:r>
       <w:r w:rsidRPr="003016AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2B447644" w14:textId="65EA7C48" w:rsidR="00D36E81" w:rsidRPr="003016AF" w:rsidRDefault="00D36E81" w:rsidP="00D36E81">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003016AF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carcinogen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(or Mutagen) CAS Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003016AF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BF8456" w14:textId="77777777" w:rsidR="00D36E81" w:rsidRPr="003016AF" w:rsidRDefault="00D36E81" w:rsidP="0060036A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="11954CD1" w14:textId="77777777" w:rsidR="003016AF" w:rsidRDefault="003016AF" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CB14F29" w14:textId="77777777" w:rsidR="003016AF" w:rsidRDefault="003016AF" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43447FD9" w14:textId="77777777" w:rsidR="003016AF" w:rsidRDefault="003016AF" w:rsidP="00A06BFA">
       <w:pPr>
@@ -8873,51 +7365,95 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="400DB6A7" w14:textId="77777777" w:rsidR="002C0336" w:rsidRDefault="002C0336" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4961A8A0" w14:textId="77777777" w:rsidR="002C0336" w:rsidRDefault="002C0336" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E21F2EE" w14:textId="457767FF" w:rsidR="00803871" w:rsidRPr="0060036A" w:rsidRDefault="00A06BFA" w:rsidP="00A06BFA">
+    <w:p w14:paraId="65C4CFC0" w14:textId="77777777" w:rsidR="00B730E4" w:rsidRDefault="00B730E4" w:rsidP="00A06BFA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E57E3F4" w14:textId="77777777" w:rsidR="00B730E4" w:rsidRDefault="00B730E4" w:rsidP="00A06BFA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17B9D714" w14:textId="77777777" w:rsidR="00B730E4" w:rsidRDefault="00B730E4" w:rsidP="00A06BFA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03077706" w14:textId="77777777" w:rsidR="00B730E4" w:rsidRDefault="00B730E4" w:rsidP="00A06BFA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E21F2EE" w14:textId="4F7CD515" w:rsidR="00803871" w:rsidRPr="0060036A" w:rsidRDefault="00A06BFA" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="004517F8" w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -8969,51 +7505,50 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>of all users is required)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D491A1A" w14:textId="77777777" w:rsidR="004C28A7" w:rsidRPr="004C28A7" w:rsidRDefault="004C28A7" w:rsidP="004C28A7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C28A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Principal Investigator SOP Approval</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="187B1D82" w14:textId="36AFAC81" w:rsidR="004C28A7" w:rsidRPr="004C28A7" w:rsidRDefault="004C28A7" w:rsidP="004C28A7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C28A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Print name ________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -9102,95 +7637,83 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   MM/DD/YY</w:t>
       </w:r>
       <w:r w:rsidR="000A1709">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C102193" w14:textId="3CF6070B" w:rsidR="00803871" w:rsidRPr="0060036A" w:rsidRDefault="004517F8" w:rsidP="004517F8">
+    <w:p w14:paraId="2C102193" w14:textId="2774DCD4" w:rsidR="00803871" w:rsidRPr="0060036A" w:rsidRDefault="004517F8" w:rsidP="004517F8">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prior to conducting any work with</w:t>
       </w:r>
       <w:r w:rsidR="002153A4" w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...18 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00AC54DA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CARCINOGENS</w:t>
+      </w:r>
       <w:r w:rsidR="00FF0A21">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  listed in Section 1 of this SOP</w:t>
       </w:r>
       <w:r w:rsidRPr="0060036A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Principal Investigator must ensure that all laboratory personnel receive training on the content of this SOP</w:t>
       </w:r>
       <w:r w:rsidR="00422149">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and have read </w:t>
       </w:r>
       <w:r w:rsidR="00FF0A21">
@@ -9387,1217 +7910,709 @@
           <w:p w14:paraId="0F18EF4D" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC7D29">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="25595B52" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...37 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F81254" w14:textId="250A3E51" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67E3F0C3" w14:textId="58F74C1E" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...43 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E985749" w14:textId="7F48C6FB" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="176A373C" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...50 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70111D6C" w14:textId="63202D6C" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BA2A0C2" w14:textId="526CF019" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...43 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FE1B4E" w14:textId="2E9A29CF" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="418B1D49" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D5BF9A" w14:textId="6B47357C" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="032469BD" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F935A1" w14:textId="648E9AAA" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="2EF15D8F" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EF420E" w14:textId="12974C2A" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45C5BFF8" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E625F5D" w14:textId="1F309E06" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="47293EA9" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9F0A91" w14:textId="1F4F8ADE" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C6551C9" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55FF88A0" w14:textId="14BFFAAF" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="611CEDA2" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1455BFC0" w14:textId="46BD9568" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38A9E0DF" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6824A6B9" w14:textId="3B8C0B53" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="2881337D" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD5454E" w14:textId="25D2DDB7" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69D098ED" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0287A2E7" w14:textId="2FBC7C52" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="4BAA3771" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA10565" w14:textId="41AC7D49" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F58F35E" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727D4AC4" w14:textId="2646C0B1" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w14:paraId="1CAD4903" w14:textId="77777777" w:rsidTr="000F5131">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1DB5CD" w14:textId="69478651" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AD46BCF" w14:textId="77777777" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4238EB72" w14:textId="5E34A135" w:rsidR="00D8294B" w:rsidRPr="00DC7D29" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C2CD8" w:rsidRPr="00DC7D29" w14:paraId="4415D1E6" w14:textId="77777777" w:rsidTr="00993A44">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
-        <w:sdt>
-[...35 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4842CD6C" w14:textId="7646B903" w:rsidR="000C2CD8" w:rsidRPr="00DC7D29" w:rsidRDefault="000C2CD8" w:rsidP="00993A44">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45CF7D34" w14:textId="77777777" w:rsidR="000C2CD8" w:rsidRPr="00DC7D29" w:rsidRDefault="000C2CD8" w:rsidP="00993A44">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...41 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44030CFB" w14:textId="4A51749B" w:rsidR="000C2CD8" w:rsidRPr="00DC7D29" w:rsidRDefault="000C2CD8" w:rsidP="00993A44">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="27556FA6" w14:textId="3D60DFEF" w:rsidR="00D8294B" w:rsidRDefault="00D8294B" w:rsidP="00A06BFA">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D8294B" w:rsidSect="00995C8B">
-      <w:headerReference w:type="default" r:id="rId18"/>
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C6A78BE" w14:textId="77777777" w:rsidR="00117A0F" w:rsidRDefault="00117A0F" w:rsidP="00E83E8B">
+    <w:p w14:paraId="3A79D64F" w14:textId="77777777" w:rsidR="00180705" w:rsidRDefault="00180705" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="094B82FA" w14:textId="77777777" w:rsidR="00117A0F" w:rsidRDefault="00117A0F" w:rsidP="00E83E8B">
+    <w:p w14:paraId="21D26D79" w14:textId="77777777" w:rsidR="00180705" w:rsidRDefault="00180705" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="32475513"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
@@ -10609,51 +8624,51 @@
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD56DD">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6F5C5090" w14:textId="0CB90388" w:rsidR="001700DC" w:rsidRPr="003F68E4" w:rsidRDefault="003F68E4">
+  <w:p w14:paraId="6F5C5090" w14:textId="1D9B0ABE" w:rsidR="001700DC" w:rsidRPr="003F68E4" w:rsidRDefault="003F68E4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">DEHS </w:t>
     </w:r>
     <w:r w:rsidR="00AC54DA">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
@@ -10678,120 +8693,80 @@
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">&amp; MUTAGENS </w:t>
     </w:r>
     <w:r w:rsidR="003016AF">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">BLANKET </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> SOP Template Date:  0</w:t>
+      <w:t xml:space="preserve"> SOP Template Date:  </w:t>
     </w:r>
-    <w:r w:rsidR="00774FBB">
+    <w:r w:rsidR="00B730E4">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
-[...39 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>10.29.2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70205468" w14:textId="77777777" w:rsidR="00117A0F" w:rsidRDefault="00117A0F" w:rsidP="00E83E8B">
+    <w:p w14:paraId="685AE4AC" w14:textId="77777777" w:rsidR="00180705" w:rsidRDefault="00180705" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41BD5C79" w14:textId="77777777" w:rsidR="00117A0F" w:rsidRDefault="00117A0F" w:rsidP="00E83E8B">
+    <w:p w14:paraId="59E8A1F1" w14:textId="77777777" w:rsidR="00180705" w:rsidRDefault="00180705" w:rsidP="00E83E8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14222A1B" w14:textId="6DF1B90C" w:rsidR="001700DC" w:rsidRPr="00B606C2" w:rsidRDefault="001700DC" w:rsidP="00B606C2">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6995324A" w14:textId="5FFCAD2C" w:rsidR="001700DC" w:rsidRDefault="001700DC" w:rsidP="00352F12">
@@ -14338,50 +12313,51 @@
     <w:rsid w:val="000A4144"/>
     <w:rsid w:val="000B6958"/>
     <w:rsid w:val="000C2CD8"/>
     <w:rsid w:val="000C7862"/>
     <w:rsid w:val="000D3467"/>
     <w:rsid w:val="000D5EF1"/>
     <w:rsid w:val="000D6424"/>
     <w:rsid w:val="000D6D3D"/>
     <w:rsid w:val="000E228A"/>
     <w:rsid w:val="000F1A7E"/>
     <w:rsid w:val="000F5131"/>
     <w:rsid w:val="000F66D7"/>
     <w:rsid w:val="000F6DA5"/>
     <w:rsid w:val="000F73FD"/>
     <w:rsid w:val="001032B8"/>
     <w:rsid w:val="00105A49"/>
     <w:rsid w:val="00112E14"/>
     <w:rsid w:val="0011462E"/>
     <w:rsid w:val="00117A0F"/>
     <w:rsid w:val="00120D9A"/>
     <w:rsid w:val="00146334"/>
     <w:rsid w:val="00167218"/>
     <w:rsid w:val="001700DC"/>
     <w:rsid w:val="00171722"/>
     <w:rsid w:val="00174DC9"/>
+    <w:rsid w:val="00180705"/>
     <w:rsid w:val="001834D1"/>
     <w:rsid w:val="00185B20"/>
     <w:rsid w:val="001932B2"/>
     <w:rsid w:val="00195B64"/>
     <w:rsid w:val="001A303D"/>
     <w:rsid w:val="001B01C6"/>
     <w:rsid w:val="001B731F"/>
     <w:rsid w:val="001C262D"/>
     <w:rsid w:val="001C2D02"/>
     <w:rsid w:val="001C51C3"/>
     <w:rsid w:val="001C688D"/>
     <w:rsid w:val="001C7ECF"/>
     <w:rsid w:val="001D0366"/>
     <w:rsid w:val="001D4D7B"/>
     <w:rsid w:val="001E1098"/>
     <w:rsid w:val="001F145C"/>
     <w:rsid w:val="002006B0"/>
     <w:rsid w:val="00202BF5"/>
     <w:rsid w:val="002038B8"/>
     <w:rsid w:val="0020448A"/>
     <w:rsid w:val="002129A0"/>
     <w:rsid w:val="0021404E"/>
     <w:rsid w:val="002153A4"/>
     <w:rsid w:val="00216724"/>
     <w:rsid w:val="0022223B"/>
@@ -14389,60 +12365,62 @@
     <w:rsid w:val="0022458A"/>
     <w:rsid w:val="002369A3"/>
     <w:rsid w:val="00245E50"/>
     <w:rsid w:val="0024633C"/>
     <w:rsid w:val="00253494"/>
     <w:rsid w:val="0025594D"/>
     <w:rsid w:val="00261C7C"/>
     <w:rsid w:val="00263ED1"/>
     <w:rsid w:val="00265CA6"/>
     <w:rsid w:val="002677E7"/>
     <w:rsid w:val="00274145"/>
     <w:rsid w:val="00281C19"/>
     <w:rsid w:val="00291764"/>
     <w:rsid w:val="00293660"/>
     <w:rsid w:val="002959D4"/>
     <w:rsid w:val="002A11BF"/>
     <w:rsid w:val="002A4528"/>
     <w:rsid w:val="002A5C26"/>
     <w:rsid w:val="002A7020"/>
     <w:rsid w:val="002C0336"/>
     <w:rsid w:val="002C376A"/>
     <w:rsid w:val="002C4549"/>
     <w:rsid w:val="002C4A8E"/>
     <w:rsid w:val="002D5566"/>
     <w:rsid w:val="002D6A72"/>
+    <w:rsid w:val="002D72FE"/>
     <w:rsid w:val="002E0D97"/>
     <w:rsid w:val="002E0EF3"/>
     <w:rsid w:val="002E12DA"/>
     <w:rsid w:val="002F75AC"/>
     <w:rsid w:val="0030054F"/>
     <w:rsid w:val="003008DB"/>
     <w:rsid w:val="003016AF"/>
     <w:rsid w:val="003050C2"/>
     <w:rsid w:val="00315CB3"/>
     <w:rsid w:val="0032356F"/>
+    <w:rsid w:val="00331B2D"/>
     <w:rsid w:val="003467D3"/>
     <w:rsid w:val="003467F1"/>
     <w:rsid w:val="003501E7"/>
     <w:rsid w:val="00351146"/>
     <w:rsid w:val="00352F12"/>
     <w:rsid w:val="003534D8"/>
     <w:rsid w:val="00355D5D"/>
     <w:rsid w:val="0036091C"/>
     <w:rsid w:val="00363BCA"/>
     <w:rsid w:val="00366414"/>
     <w:rsid w:val="00366DA6"/>
     <w:rsid w:val="00377CE8"/>
     <w:rsid w:val="00377FD5"/>
     <w:rsid w:val="00384F6F"/>
     <w:rsid w:val="003875D1"/>
     <w:rsid w:val="003904D4"/>
     <w:rsid w:val="003950E9"/>
     <w:rsid w:val="003A3A28"/>
     <w:rsid w:val="003A5F04"/>
     <w:rsid w:val="003A6550"/>
     <w:rsid w:val="003C4ECE"/>
     <w:rsid w:val="003F1BDE"/>
     <w:rsid w:val="003F4B81"/>
     <w:rsid w:val="003F564F"/>
     <w:rsid w:val="003F68E4"/>
@@ -14491,109 +12469,113 @@
     <w:rsid w:val="005643E6"/>
     <w:rsid w:val="005644C8"/>
     <w:rsid w:val="005846F6"/>
     <w:rsid w:val="00592EC3"/>
     <w:rsid w:val="0059591C"/>
     <w:rsid w:val="005A2564"/>
     <w:rsid w:val="005A36A1"/>
     <w:rsid w:val="005A6434"/>
     <w:rsid w:val="005A6FB3"/>
     <w:rsid w:val="005B42FA"/>
     <w:rsid w:val="005C7E09"/>
     <w:rsid w:val="005E5049"/>
     <w:rsid w:val="005E51B8"/>
     <w:rsid w:val="005F2CF3"/>
     <w:rsid w:val="005F3214"/>
     <w:rsid w:val="005F6AA0"/>
     <w:rsid w:val="0060036A"/>
     <w:rsid w:val="00604B1F"/>
     <w:rsid w:val="00637757"/>
     <w:rsid w:val="00654548"/>
     <w:rsid w:val="00657ED6"/>
     <w:rsid w:val="00667D37"/>
     <w:rsid w:val="006716E0"/>
     <w:rsid w:val="00672441"/>
     <w:rsid w:val="006762A5"/>
+    <w:rsid w:val="0068083F"/>
     <w:rsid w:val="00692184"/>
     <w:rsid w:val="00693B64"/>
     <w:rsid w:val="00693D76"/>
     <w:rsid w:val="00697EC1"/>
     <w:rsid w:val="006B56F3"/>
     <w:rsid w:val="006B62B0"/>
+    <w:rsid w:val="006C2C62"/>
     <w:rsid w:val="006E1CBC"/>
     <w:rsid w:val="006E290A"/>
     <w:rsid w:val="006E66B2"/>
     <w:rsid w:val="007020F8"/>
     <w:rsid w:val="00702802"/>
     <w:rsid w:val="0070690C"/>
     <w:rsid w:val="00712B4D"/>
     <w:rsid w:val="007146BD"/>
     <w:rsid w:val="007268C5"/>
     <w:rsid w:val="00734BB8"/>
     <w:rsid w:val="007403D9"/>
     <w:rsid w:val="00741182"/>
     <w:rsid w:val="00763952"/>
     <w:rsid w:val="00763D37"/>
     <w:rsid w:val="007657E1"/>
     <w:rsid w:val="00765F96"/>
     <w:rsid w:val="007700F1"/>
     <w:rsid w:val="007726CA"/>
     <w:rsid w:val="00774D0A"/>
     <w:rsid w:val="00774FBB"/>
     <w:rsid w:val="007832A9"/>
     <w:rsid w:val="00786196"/>
     <w:rsid w:val="00786537"/>
     <w:rsid w:val="00787432"/>
     <w:rsid w:val="007A5E53"/>
     <w:rsid w:val="007A7FB2"/>
     <w:rsid w:val="007B5D0F"/>
     <w:rsid w:val="007C24EE"/>
     <w:rsid w:val="007D46E4"/>
     <w:rsid w:val="007D58BC"/>
     <w:rsid w:val="007D5B58"/>
     <w:rsid w:val="007E0DC8"/>
     <w:rsid w:val="007E5FE7"/>
     <w:rsid w:val="007F0C45"/>
+    <w:rsid w:val="008015AE"/>
     <w:rsid w:val="00803871"/>
     <w:rsid w:val="008147B3"/>
     <w:rsid w:val="00817603"/>
     <w:rsid w:val="00827148"/>
     <w:rsid w:val="00832345"/>
     <w:rsid w:val="00837AFC"/>
     <w:rsid w:val="0084116F"/>
     <w:rsid w:val="0084580A"/>
     <w:rsid w:val="00850978"/>
     <w:rsid w:val="00850D07"/>
     <w:rsid w:val="008527C6"/>
     <w:rsid w:val="00866AE7"/>
     <w:rsid w:val="00867A09"/>
     <w:rsid w:val="00875CC9"/>
     <w:rsid w:val="008763CA"/>
     <w:rsid w:val="00891D4B"/>
     <w:rsid w:val="00895306"/>
     <w:rsid w:val="008A2498"/>
     <w:rsid w:val="008A2598"/>
+    <w:rsid w:val="008A3803"/>
     <w:rsid w:val="008A7C18"/>
     <w:rsid w:val="008B05A4"/>
     <w:rsid w:val="008B5DA0"/>
     <w:rsid w:val="008B5E9D"/>
     <w:rsid w:val="008B70AD"/>
     <w:rsid w:val="008C4AEC"/>
     <w:rsid w:val="008C4B9E"/>
     <w:rsid w:val="008D1C2A"/>
     <w:rsid w:val="008D55CD"/>
     <w:rsid w:val="008D5D4D"/>
     <w:rsid w:val="008F086E"/>
     <w:rsid w:val="008F3F84"/>
     <w:rsid w:val="008F73D6"/>
     <w:rsid w:val="00914DCE"/>
     <w:rsid w:val="00917F75"/>
     <w:rsid w:val="0092044F"/>
     <w:rsid w:val="00922497"/>
     <w:rsid w:val="00924486"/>
     <w:rsid w:val="00925897"/>
     <w:rsid w:val="00931907"/>
     <w:rsid w:val="00932D37"/>
     <w:rsid w:val="00936C3C"/>
     <w:rsid w:val="009452B5"/>
     <w:rsid w:val="00945316"/>
     <w:rsid w:val="00952B71"/>
@@ -14648,156 +12630,163 @@
     <w:rsid w:val="00AC3766"/>
     <w:rsid w:val="00AC54DA"/>
     <w:rsid w:val="00AC6194"/>
     <w:rsid w:val="00AD1D4E"/>
     <w:rsid w:val="00AD2BF0"/>
     <w:rsid w:val="00AD314F"/>
     <w:rsid w:val="00AD5042"/>
     <w:rsid w:val="00AE0762"/>
     <w:rsid w:val="00AE25C4"/>
     <w:rsid w:val="00AE3CF1"/>
     <w:rsid w:val="00AE7742"/>
     <w:rsid w:val="00AF2415"/>
     <w:rsid w:val="00B0047E"/>
     <w:rsid w:val="00B0629D"/>
     <w:rsid w:val="00B20D43"/>
     <w:rsid w:val="00B2483D"/>
     <w:rsid w:val="00B35E5E"/>
     <w:rsid w:val="00B4188D"/>
     <w:rsid w:val="00B41B5A"/>
     <w:rsid w:val="00B50CCA"/>
     <w:rsid w:val="00B5589C"/>
     <w:rsid w:val="00B606C2"/>
     <w:rsid w:val="00B6326D"/>
     <w:rsid w:val="00B64BF8"/>
     <w:rsid w:val="00B666E2"/>
+    <w:rsid w:val="00B730E4"/>
     <w:rsid w:val="00B759E7"/>
     <w:rsid w:val="00B80F97"/>
     <w:rsid w:val="00BA1D8B"/>
     <w:rsid w:val="00BB2A80"/>
     <w:rsid w:val="00BC5EDE"/>
     <w:rsid w:val="00BE143C"/>
     <w:rsid w:val="00BE530D"/>
     <w:rsid w:val="00BE6561"/>
     <w:rsid w:val="00C03B9C"/>
     <w:rsid w:val="00C05A3E"/>
     <w:rsid w:val="00C060FA"/>
     <w:rsid w:val="00C06795"/>
     <w:rsid w:val="00C13828"/>
     <w:rsid w:val="00C15518"/>
+    <w:rsid w:val="00C1558F"/>
     <w:rsid w:val="00C15C75"/>
     <w:rsid w:val="00C166DD"/>
     <w:rsid w:val="00C16779"/>
     <w:rsid w:val="00C30D5F"/>
     <w:rsid w:val="00C406D4"/>
     <w:rsid w:val="00C42C49"/>
     <w:rsid w:val="00C43733"/>
     <w:rsid w:val="00C4435C"/>
     <w:rsid w:val="00C4534E"/>
     <w:rsid w:val="00C524C2"/>
     <w:rsid w:val="00C53F42"/>
     <w:rsid w:val="00C56884"/>
     <w:rsid w:val="00C571C9"/>
     <w:rsid w:val="00C8015A"/>
     <w:rsid w:val="00C87913"/>
     <w:rsid w:val="00C87E1C"/>
     <w:rsid w:val="00CA001D"/>
     <w:rsid w:val="00CA1762"/>
     <w:rsid w:val="00CA446C"/>
     <w:rsid w:val="00CB63CA"/>
     <w:rsid w:val="00CB68ED"/>
     <w:rsid w:val="00CC0398"/>
     <w:rsid w:val="00CD010E"/>
     <w:rsid w:val="00CE09C4"/>
     <w:rsid w:val="00CF4FEE"/>
     <w:rsid w:val="00D00746"/>
     <w:rsid w:val="00D02248"/>
     <w:rsid w:val="00D0285F"/>
     <w:rsid w:val="00D122D3"/>
     <w:rsid w:val="00D12475"/>
     <w:rsid w:val="00D13347"/>
     <w:rsid w:val="00D139D7"/>
     <w:rsid w:val="00D15102"/>
     <w:rsid w:val="00D20EB5"/>
     <w:rsid w:val="00D31EDA"/>
     <w:rsid w:val="00D36CEC"/>
+    <w:rsid w:val="00D36E81"/>
     <w:rsid w:val="00D443B9"/>
     <w:rsid w:val="00D4577F"/>
     <w:rsid w:val="00D51D80"/>
     <w:rsid w:val="00D81038"/>
     <w:rsid w:val="00D81799"/>
     <w:rsid w:val="00D8294B"/>
     <w:rsid w:val="00DA21D9"/>
+    <w:rsid w:val="00DA3B8B"/>
     <w:rsid w:val="00DA75B5"/>
     <w:rsid w:val="00DB401B"/>
     <w:rsid w:val="00DB70FD"/>
     <w:rsid w:val="00DC39EF"/>
     <w:rsid w:val="00DC6539"/>
     <w:rsid w:val="00DC7737"/>
     <w:rsid w:val="00DC7D29"/>
     <w:rsid w:val="00DD0A3F"/>
     <w:rsid w:val="00DD2AC2"/>
     <w:rsid w:val="00DD4276"/>
     <w:rsid w:val="00DF4A6C"/>
     <w:rsid w:val="00DF4FA9"/>
     <w:rsid w:val="00DF56BA"/>
     <w:rsid w:val="00E07301"/>
     <w:rsid w:val="00E10CA5"/>
     <w:rsid w:val="00E1617A"/>
     <w:rsid w:val="00E16C2C"/>
     <w:rsid w:val="00E25791"/>
     <w:rsid w:val="00E33613"/>
     <w:rsid w:val="00E56087"/>
+    <w:rsid w:val="00E609F9"/>
     <w:rsid w:val="00E706C6"/>
     <w:rsid w:val="00E7666B"/>
     <w:rsid w:val="00E7766A"/>
     <w:rsid w:val="00E83E8B"/>
     <w:rsid w:val="00E842B3"/>
     <w:rsid w:val="00E862B8"/>
     <w:rsid w:val="00EB22B5"/>
     <w:rsid w:val="00EB3D47"/>
     <w:rsid w:val="00EC0841"/>
     <w:rsid w:val="00ED0120"/>
     <w:rsid w:val="00ED793B"/>
     <w:rsid w:val="00EE0931"/>
     <w:rsid w:val="00EE101E"/>
     <w:rsid w:val="00EE4768"/>
     <w:rsid w:val="00F02A25"/>
     <w:rsid w:val="00F0625E"/>
     <w:rsid w:val="00F133A2"/>
     <w:rsid w:val="00F15398"/>
     <w:rsid w:val="00F155F6"/>
     <w:rsid w:val="00F16E72"/>
     <w:rsid w:val="00F212B5"/>
     <w:rsid w:val="00F54733"/>
     <w:rsid w:val="00F7032C"/>
     <w:rsid w:val="00F771AB"/>
     <w:rsid w:val="00F83E63"/>
     <w:rsid w:val="00F84539"/>
+    <w:rsid w:val="00F87E1B"/>
     <w:rsid w:val="00F90736"/>
     <w:rsid w:val="00F909E2"/>
     <w:rsid w:val="00F96647"/>
+    <w:rsid w:val="00FA11D8"/>
     <w:rsid w:val="00FB2D9F"/>
     <w:rsid w:val="00FB2FAD"/>
     <w:rsid w:val="00FB4DD8"/>
     <w:rsid w:val="00FB7D10"/>
     <w:rsid w:val="00FD0D32"/>
     <w:rsid w:val="00FD56DD"/>
     <w:rsid w:val="00FE125F"/>
     <w:rsid w:val="00FE5492"/>
     <w:rsid w:val="00FF0A21"/>
     <w:rsid w:val="00FF1B3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
@@ -18600,886 +16589,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2147236179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://louisville.edu/dehs/waste-disposal" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chematix@louisville.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam11.safelinks.protection.outlook.com/?url=https%3A%2F%2Flouisville.chematix.com%2FChematix%2FLogin&amp;data=05%7C01%7Ccathy.price%40louisville.edu%7C7defebafbd5b4a4708b408db2bd23558%7Cdd246e4a54344e158ae391ad9797b209%7C0%7C0%7C638151954059075029%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=ir8HFq3XcSwyBekLdNGIKGMSOUu5R%2F5GIn2KrV9Xlew%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://louisville.edu/dehs/waste-disposal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chematix@louisville.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/></Relationships>
-</file>
-[...829 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19744,67 +16902,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C53197D0-206B-46D7-AA90-C1FB79065F80}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1875</Words>
-  <Characters>10692</Characters>
+  <Words>1598</Words>
+  <Characters>9136</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>250</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Purdue University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12542</CharactersWithSpaces>
+  <CharactersWithSpaces>10769</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Estey Theriault</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>